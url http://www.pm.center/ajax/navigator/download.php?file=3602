--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -1,22899 +1,28810 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...97 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
+          <w:insideV w:val="nil"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="nil"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="60"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="10716"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C6323">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="3031" w:hRule="exact"/>
+        </w:trPr>
         <w:tblPrEx>
-          <w:tblCellMar>
-[...2 lines deleted...]
-          </w:tblCellMar>
+          <w:tblBorders>
+            <w:top w:val="nil"/>
+            <w:left w:val="nil"/>
+            <w:bottom w:val="nil"/>
+            <w:right w:val="nil"/>
+            <w:insideV w:val="nil"/>
+            <w:insideH w:val="nil"/>
+          </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcW w:w="10716" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="CED3F1"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="5"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-61"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="3810000" cy="904875"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1" name="Консультант Плюс"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 1"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId3">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="3810000" cy="904875"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="8335" w:hRule="exact"/>
+        </w:trPr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="nil"/>
+            <w:left w:val="nil"/>
+            <w:bottom w:val="nil"/>
+            <w:right w:val="nil"/>
+            <w:insideV w:val="nil"/>
+            <w:insideH w:val="nil"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10716" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Постановление Правительства РФ от 01.06.2004 N 260</w:t>
+              <w:br/>
+              <w:t xml:space="preserve">(ред. от 05.09.2025)</w:t>
+              <w:br/>
+              <w:t xml:space="preserve">"О Регламенте Правительства Российской Федерации и Положении об Аппарате Правительства Российской Федерации"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="3031" w:hRule="exact"/>
+        </w:trPr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="nil"/>
+            <w:left w:val="nil"/>
+            <w:bottom w:val="nil"/>
+            <w:right w:val="nil"/>
+            <w:insideV w:val="nil"/>
+            <w:insideH w:val="nil"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10716" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ предоставлен </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:color w:val="0000ff"/>
+                  <w:b w:val="on"/>
+                </w:rPr>
+                <w:t xml:space="preserve">КонсультантПлюс</w:t>
+                <w:br/>
+                <w:br/>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink w:history="0" r:id="rId5" w:tooltip="Ссылка на КонсультантПлюс">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:color w:val="0000ff"/>
+                  <w:b w:val="on"/>
+                </w:rPr>
+                <w:t xml:space="preserve">www.consultant.ru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:br/>
+              <w:t xml:space="preserve">Дата сохранения: 05.11.2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="841" w:right="595" w:bottom="841" w:left="595" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:titlePg/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:outlineLvl w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРАВИТЕЛЬСТВО РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 1 июня 2004 г. N 260</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О РЕГЛАМЕНТЕ ПРАВИТЕЛЬСТВА</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РОССИЙСКОЙ ФЕДЕРАЦИИ И ПОЛОЖЕНИИ ОБ АППАРАТЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРАВИТЕЛЬСТВА РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:spacing w:after="1"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:insideH w:val="nil"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="9921"/>
+        <w:gridCol w:w="113"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="60" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:fill="ced3f1"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...1887 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Список изменяющих документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 27.05.2006 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId8" w:tooltip="Постановление Правительства РФ от 27.05.2006 N 322 &quot;О внесении изменений в пункт 73 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 322</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 07.07.2006 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId9" w:tooltip="Постановление Правительства РФ от 07.07.2006 N 418 (ред. от 14.02.2023) &quot;О некоторых мерах по реализации указа Президента Российской Федерации от 13 октября 2004 г. N 1313 &quot;Вопросы Министерства юстиции Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 418</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 31.07.2007 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId10" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 492</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 28.03.2008 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId11" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 221</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 19.05.2008 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId12" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 376</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 26.11.2008 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId13" w:tooltip="Постановление Правительства РФ от 26.11.2008 N 888 (ред. от 18.11.2024) &quot;Об утверждении регламента Государственной корпорации по атомной энергии &quot;Росатом&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 888</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 10.03.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId14" w:tooltip="Постановление Правительства РФ от 10.03.2009 N 202 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 202</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 17.03.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId15" w:tooltip="Постановление Правительства РФ от 17.03.2009 N 242 (ред. от 30.04.2009) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 242</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.04.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId16" w:tooltip="Постановление Правительства РФ от 30.04.2009 N 389 (ред. от 18.01.2025) &quot;О мерах по совершенствованию законопроектной деятельности Правительства Российской Федерации&quot; (вместе с &quot;Положением о законопроектной деятельности Правительства Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 389</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 02.09.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId17" w:tooltip="Постановление Правительства РФ от 02.09.2009 N 713 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 713</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.11.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId18" w:tooltip="Постановление Правительства РФ от 30.11.2009 N 967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 967</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.11.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId19" w:tooltip="Постановление Правительства РФ от 30.11.2009 N 968 &quot;О внесении изменений в пункт 118 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 968</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 24.12.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId20" w:tooltip="Постановление Правительства РФ от 24.12.2009 N 1086 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1086</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 20.02.2010 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId21" w:tooltip="Постановление Правительства РФ от 20.02.2010 N 72 (ред. от 14.09.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в связи с принятием Федерального закона &quot;Об антикоррупционной экспертизе нормативных правовых актов и проектов нормативных правовых актов&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 72</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 15.05.2010 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId22" w:tooltip="Постановление Правительства РФ от 15.05.2010 N 336 (ред. от 12.04.2020) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 336</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 21.02.2011 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId23" w:tooltip="Постановление Правительства РФ от 21.02.2011 N 94 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 94</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 01.07.2011 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId24" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 530</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 01.10.2011 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId25" w:tooltip="Постановление Правительства РФ от 01.10.2011 N 807 (ред. от 23.02.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 807</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 17.11.2011 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId26" w:tooltip="Постановление Правительства РФ от 17.11.2011 N 937 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 937</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 25.04.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId27" w:tooltip="Постановление Правительства РФ от 25.04.2012 N 394 (ред. от 01.07.2024) &quot;О мерах по совершенствованию использования информационно-коммуникационных технологий в деятельности государственных органов&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 394</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 11.08.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId28" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 816</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 06.09.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId29" w:tooltip="Постановление Правительства РФ от 06.09.2012 N 890 (ред. от 28.04.2021) &quot;О мерах по совершенствованию электронного документооборота в органах государственной власти&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 890</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 19.09.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId30" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 947</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 04.10.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId31" w:tooltip="Постановление Правительства РФ от 04.10.2012 N 1013 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1013</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 08.10.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId32" w:tooltip="Постановление Правительства РФ от 08.10.2012 N 1025 (ред. от 29.08.2020) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1025</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 17.12.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId33" w:tooltip="Постановление Правительства РФ от 17.12.2012 N 1318 (ред. от 13.07.2024) &quot;О порядке проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евразийской экономической комиссии, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евр {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1318</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 24.04.2013 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId34" w:tooltip="Постановление Правительства РФ от 24.04.2013 N 371 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 371</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 10.06.2013 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId35" w:tooltip="Постановление Правительства РФ от 10.06.2013 N 490 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 490</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 26.08.2013 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId36" w:tooltip="Постановление Правительства РФ от 26.08.2013 N 735 (ред. от 22.05.2018) &quot;О Правительственной комиссии по использованию информационных технологий для улучшения качества жизни и условий ведения предпринимательской деятельности&quot; (вместе с &quot;Положением о Правительственной комиссии по использованию информационных технологий для улучшения качества жизни и условий ведения предпринимательской деятельности&quot;) ------------ Утратил силу или отменен {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 735</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 18.09.2013 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId37" w:tooltip="Постановление Правительства РФ от 18.09.2013 N 819 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам финансово-экономического обоснования решений, предлагаемых к принятию проектом нормативного правового акта&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 819</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.11.2013 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId38" w:tooltip="Постановление Правительства РФ от 30.11.2013 N 1099 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1099</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 17.02.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId39" w:tooltip="Постановление Правительства РФ от 17.02.2014 N 120 (ред. от 29.11.2018) &quot;О порядке проведения педагогической экспертизы проектов нормативных правовых актов и нормативных правовых актов, касающихся вопросов обучения и воспитания&quot; (вместе с &quot;Правилами проведения педагогической экспертизы проектов нормативных правовых актов и нормативных правовых актов, касающихся вопросов обучения и воспитания&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 120</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 15.04.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId40" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 333</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 08.07.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId41" w:tooltip="Постановление Правительства РФ от 08.07.2014 N 627 &quot;О внесении изменения в пункт 62 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 627</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.07.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId42" w:tooltip="Постановление Правительства РФ от 30.07.2014 N 732 (ред. от 14.11.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 732</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 10.12.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId43" w:tooltip="Постановление Правительства РФ от 10.12.2014 N 1345 &quot;О внесении изменения в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1345</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.01.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId44" w:tooltip="Постановление Правительства РФ от 30.01.2015 N 83 (ред. от 29.05.2023) &quot;О проведении оценки фактического воздействия нормативных правовых актов, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения оценки фактического воздействия нормативных правовых актов&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 83</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 13.03.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId45" w:tooltip="Постановление Правительства РФ от 13.03.2015 N 222 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 222</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 25.07.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId46" w:tooltip="Постановление Правительства РФ от 25.07.2015 N 758 (ред. от 27.05.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 758</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 07.12.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId47" w:tooltip="Постановление Правительства РФ от 07.12.2015 N 1335 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1335</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 29.12.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId48" w:tooltip="Постановление Правительства РФ от 29.12.2015 N 1475 &quot;О внесении изменения в пункт 53(2) Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1475</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 05.02.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId49" w:tooltip="Постановление Правительства РФ от 05.02.2016 N 73 &quot;О внесении изменения в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 73</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 05.05.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId50" w:tooltip="Постановление Правительства РФ от 05.05.2016 N 392 &quot;О приоритетных направлениях использования и развития информационно-коммуникационных технологий в федеральных органах исполнительной власти и органах управления государственными внебюджетными фондами и о внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 392</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 21.05.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId51" w:tooltip="Постановление Правительства РФ от 21.05.2016 N 449 &quot;О внесении изменения в пункт 98 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 449</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 22.07.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId52" w:tooltip="Постановление Правительства РФ от 22.07.2016 N 708 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 708</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 22.08.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId53" w:tooltip="Постановление Правительства РФ от 22.08.2016 N 830 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 830</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 24.08.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId54" w:tooltip="Постановление Правительства РФ от 24.08.2016 N 837 &quot;О внесении изменения в пункт 60(4) Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 837</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 05.09.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId55" w:tooltip="Постановление Правительства РФ от 05.09.2016 N 879 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 879</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 15.10.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId56" w:tooltip="Постановление Правительства РФ от 15.10.2016 N 1050 (ред. от 03.10.2018) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) ------------ Утратил силу или отменен {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1050</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 28.01.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId57" w:tooltip="Постановление Правительства РФ от 28.01.2017 N 98 (ред. от 29.08.2020) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 98</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 17.02.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId58" w:tooltip="Постановление Правительства РФ от 17.02.2017 N 205 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 205</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 22.03.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId59" w:tooltip="Постановление Правительства РФ от 22.03.2017 N 322 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 322</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 13.05.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId60" w:tooltip="Постановление Правительства РФ от 13.05.2017 N 566 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 566</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 10.07.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId61" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 813</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 07.10.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId62" w:tooltip="Постановление Правительства РФ от 07.10.2017 N 1229 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1229</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 25.09.2018 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId63" w:tooltip="Постановление Правительства РФ от 25.09.2018 N 1138 (ред. от 16.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1138</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 31.10.2018 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId64" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 02.08.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1288</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 25.01.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId65" w:tooltip="Постановление Правительства РФ от 25.01.2019 N 38 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 38</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 02.02.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId66" w:tooltip="Постановление Правительства РФ от 02.02.2019 N 77 (ред. от 09.02.2022) &quot;О внесении изменений в отдельные акты Правительства Российской Федерации&quot; (с изм. и доп., вступ. в силу с 22.03.2022) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 77</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 02.03.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId67" w:tooltip="Постановление Правительства РФ от 02.03.2019 N 234 (ред. от 01.08.2024) &quot;О системе управления реализацией национальной программы &quot;Цифровая экономика Российской Федерации&quot; (вместе с &quot;Положением о системе управления реализацией национальной программы &quot;Цифровая экономика Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 234</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 07.05.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId68" w:tooltip="Постановление Правительства РФ от 07.05.2019 N 568 &quot;О внесении изменения в пункт 58 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 568</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 10.05.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId69" w:tooltip="Постановление Правительства РФ от 10.05.2019 N 578 &quot;О внесении изменения в пункт 74 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 578</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 27.05.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId70" w:tooltip="Постановление Правительства РФ от 27.05.2019 N 669 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 669</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 21.08.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId71" w:tooltip="Постановление Правительства РФ от 21.08.2019 N 1079 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1079</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 14.09.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId72" w:tooltip="Постановление Правительства РФ от 14.09.2019 N 1200 (ред. от 14.02.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1200</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 31.10.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId73" w:tooltip="Постановление Правительства РФ от 31.10.2019 N 1398 (ред. от 23.12.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1398</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 18.11.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId74" w:tooltip="Постановление Правительства РФ от 18.11.2019 N 1470 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу пункта 3 распоряжения Правительства Российской Федерации от 29 декабря 2006 г. N 1852-р&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1470</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 14.02.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId75" w:tooltip="Постановление Правительства РФ от 14.02.2020 N 140 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 140</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 28.02.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId76" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 212</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 28.03.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId77" w:tooltip="Постановление Правительства РФ от 28.03.2020 N 359 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 359</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 07.05.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId78" w:tooltip="Постановление Правительства РФ от 07.05.2020 N 640 (ред. от 18.03.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу абзаца четвертого подпункта &quot;б&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 640</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId79" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1301</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 10.10.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId80" w:tooltip="Постановление Правительства РФ от 10.10.2020 N 1646 (ред. от 09.06.2025) &quot;О мерах по обеспечению эффективности мероприятий по использованию информационно-коммуникационных технологий, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета и бюджетов государственных внебюджетных фондов&quot; (вместе с &quot;Положением о формировании и ведении реестра ИТ-расходов на создание, развитие, ввод в эксплуатацию, эксплуатацию и вывод из эксплуатации ИТ-активов, финансовое  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1646</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 10.10.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId81" w:tooltip="Постановление Правительства РФ от 10.10.2020 N 1649 (ред. от 25.01.2022) &quot;Об утверждении Положения о порядке рассмотрения Правительством Российской Федерации обращений об определении единственного поставщика (подрядчика, исполнителя) и о внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1649</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 27.11.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId82" w:tooltip="Постановление Правительства РФ от 27.11.2020 N 1956 &quot;О внесении изменения в Положение об Аппарате Правительства Российской Федерации и признании утратившим силу распоряжения Правительства Российской Федерации от 18 октября 2000 г. N 1478-р&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1956</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 26.12.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId83" w:tooltip="Постановление Правительства РФ от 26.12.2020 N 2286 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 2286</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 11.03.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId84" w:tooltip="Постановление Правительства РФ от 11.03.2021 N 357 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 357</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 14.04.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId85" w:tooltip="Постановление Правительства РФ от 14.04.2021 N 588 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 588</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 28.04.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId86" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 666</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 13.05.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId87" w:tooltip="Постановление Правительства РФ от 13.05.2021 N 728 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 728</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 01.07.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId88" w:tooltip="Постановление Правительства РФ от 01.07.2021 N 1106 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1106</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 24.07.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId89" w:tooltip="Постановление Правительства РФ от 24.07.2021 N 1255 &quot;О внесении изменений в пункты 99 и 101 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1255</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 06.09.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId90" w:tooltip="Постановление Правительства РФ от 06.09.2021 N 1506 (ред. от 04.08.2023) &quot;Об утверждении Положения об официальных и о специальных представителях Правительства Российской Федерации в палатах Федерального Собрания Российской Федерации и о внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1506</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 03.12.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId91" w:tooltip="Постановление Правительства РФ от 03.12.2021 N 2191 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 2191</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 23.12.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId92" w:tooltip="Постановление Правительства РФ от 23.12.2021 N 2399 (ред. от 10.10.2023) &quot;Об Экспертном совете при Правительстве Российской Федерации&quot; (вместе с &quot;Положением об Экспертном совете при Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 2399</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 25.01.2022 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId93" w:tooltip="Постановление Правительства РФ от 25.01.2022 N 37 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 37</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 11.03.2022 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId94" w:tooltip="Постановление Правительства РФ от 11.03.2022 N 342 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 342</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 19.04.2022 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId95" w:tooltip="Постановление Правительства РФ от 19.04.2022 N 700 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 700</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 02.06.2022 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId96" w:tooltip="Постановление Правительства РФ от 02.06.2022 N 1005 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1005</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.06.2022 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId97" w:tooltip="Постановление Правительства РФ от 30.06.2022 N 1168 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1168</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.03.2023 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId98" w:tooltip="Постановление Правительства РФ от 30.03.2023 N 505 &quot;О внесении изменения в Регламент Правительства Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 505</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 07.09.2023 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId99" w:tooltip="Постановление Правительства РФ от 07.09.2023 N 1456 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1456</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 13.10.2023 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId100" w:tooltip="Постановление Правительства РФ от 13.10.2023 N 1694 &quot;О внесении изменения в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1694</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 15.12.2023 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId101" w:tooltip="Постановление Правительства РФ от 15.12.2023 N 2157 &quot;О внесении изменения в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 2157</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 05.04.2024 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId102" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 432</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 25.07.2024 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId103" w:tooltip="Постановление Правительства РФ от 25.07.2024 N 1007 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1007</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 15.11.2024 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId104" w:tooltip="Постановление Правительства РФ от 15.11.2024 N 1557 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1557</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 18.11.2024 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId105" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1578</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 13.02.2025 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId106" w:tooltip="Постановление Правительства РФ от 13.02.2025 N 143 &quot;О внесении изменения в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 143</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 09.06.2025 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId107" w:tooltip="Постановление Правительства РФ от 09.06.2025 N 861 &quot;О Центре развития искусственного интеллекта при Правительстве Российской Федерации&quot; (вместе с &quot;Положением о системе реализации приоритетных задач Правительства Российской Федерации в области развития технологий искусственного интеллекта и Центре развития искусственного интеллекта при Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 861</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 05.09.2025 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId108" w:tooltip="Постановление Правительства РФ от 05.09.2025 N 1373 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования государственного управления в сфере противодействия незаконному ввозу, производству и обороту контрафактной продукции&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1373</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с изм., внесенными </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId109" w:tooltip="Постановление Конституционного Суда РФ от 29.11.2006 N 9-П &quot;По делу о проверке конституционности пункта 100 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Постановлением</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Конституционного Суда РФ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 29.11.2006 N 9-П, </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId110" w:tooltip="Решение Верховного Суда РФ от 15.02.2007 N ГКПИ06-1355 &lt;О признании недействующим абзаца третьего пункта 108 Регламента Правительства РФ, утв. Постановлением Правительства РФ от 01.06.2004 N 260&gt; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">решением</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Верховного Суда РФ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 15.02.2007 N ГКПИ06-1355)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...3 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...43 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительство Российской Федерации постановляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемые:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" w:anchor="P75" w:tooltip="РЕГЛАМЕНТ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Регламент</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...14 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" w:anchor="P853" w:tooltip="ПОЛОЖЕНИЕ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Положение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> об Аппарате Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...6 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">2. Заместителю Председателя Правительства Российской Федерации - Руководителю Аппарата Правительства Российской Федерации утвердить Инструкцию по делопроизводству в Аппарате Правительства Российской Федерации, руководствуясь Федеральным конституционным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId111" w:tooltip="Федеральный конституционный закон от 06.11.2020 N 4-ФКЗ &quot;О Правительстве Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> "О Правительстве Российской Федерации", </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P74">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" w:anchor="P75" w:tooltip="РЕГЛАМЕНТ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Регламентом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P850">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" w:anchor="P853" w:tooltip="ПОЛОЖЕНИЕ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> об Аппарате Правительства Российской Федерации и иными актами законодательства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...4 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId112" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.03.2008 N 221)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...6 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">3. Министерству юстиции Российской Федерации представить в месячный срок предложения о приведении в соответствие с </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P74">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" w:anchor="P75" w:tooltip="РЕГЛАМЕНТ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Регламентом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации и </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P850">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" w:anchor="P853" w:tooltip="ПОЛОЖЕНИЕ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> об Аппарате Правительства Российской Федерации нормативных правовых актов Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...25 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Признать утратившими силу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" r:id="rId113" w:tooltip="Ссылка на КонсультантПлюс">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 18 июня 1998 г. N 604 "Вопросы организации деятельности Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 1998, N 27, ст. 3176);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...14 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" r:id="rId114" w:tooltip="Ссылка на КонсультантПлюс">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 5 октября 2000 г. N 760 "О Регламенте Правительства Российской Федерации и Положении об Аппарате Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 2000, N 41, ст. 4091);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...14 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" r:id="rId115" w:tooltip="Постановление Правительства РФ от 03.04.2004 N 152 &quot;О представлении интересов Правительства Российской Федерации в судах общей юрисдикции и арбитражных судах&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 3 апреля 2004 г. N 152 "О представлении интересов Правительства Российской Федерации в судах общей юрисдикции и арбитражных судах" (Собрание законодательства Российской Федерации, 2004, N 15, ст. 1444);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...14 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" r:id="rId116" w:tooltip="Постановление Правительства РФ от 30.04.2004 N 226 &quot;О правительственных и межведомственных координационных и совещательных органах, образуемых Правительством Российской Федерации и федеральными органами исполнительной власти&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 30 апреля 2004 г. N 226 "О правительственных и межведомственных координационных и совещательных органах, образуемых Правительством Российской Федерации и федеральными органами исполнительной власти" (Собрание законодательства Российской Федерации, 2004, N 18, ст. 1765).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...8 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:t>Председатель Правительства</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:t>Российской Федерации</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Российской Федерации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:t>М.ФРАДКОВ</w:t>
-[...39 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">М.ФРАДКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:outlineLvl w:val="0"/>
         <w:jc w:val="right"/>
-        <w:outlineLvl w:val="0"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:t>Постановлением Правительства</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Постановлением Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:t>Российской Федерации</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Российской Федерации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:t>от 1 июня 2004 г. N 260</w:t>
-[...11 lines deleted...]
-        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 1 июня 2004 г. N 260</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="75" w:name="P75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="P74"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="ConsPlusTitle"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РЕГЛАМЕНТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t>ПРАВИТЕЛЬСТВА РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРАВИТЕЛЬСТВА РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
         <w:spacing w:after="1"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
+          <w:insideV w:val="nil"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="nil"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="113"/>
-        <w:gridCol w:w="9069"/>
+        <w:gridCol w:w="9921"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C6323">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="ced3f1"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="CED3F1"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="113" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="113" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Список изменяющих документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 27.05.2006 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId117" w:tooltip="Постановление Правительства РФ от 27.05.2006 N 322 &quot;О внесении изменений в пункт 73 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 322</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 07.07.2006 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId118" w:tooltip="Постановление Правительства РФ от 07.07.2006 N 418 (ред. от 14.02.2023) &quot;О некоторых мерах по реализации указа Президента Российской Федерации от 13 октября 2004 г. N 1313 &quot;Вопросы Министерства юстиции Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 418</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 31.07.2007 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId119" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 492</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 28.03.2008 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId120" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 221</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 26.11.2008 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId121" w:tooltip="Постановление Правительства РФ от 26.11.2008 N 888 (ред. от 18.11.2024) &quot;Об утверждении регламента Государственной корпорации по атомной энергии &quot;Росатом&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 888</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 10.03.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId122" w:tooltip="Постановление Правительства РФ от 10.03.2009 N 202 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 202</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 17.03.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId123" w:tooltip="Постановление Правительства РФ от 17.03.2009 N 242 (ред. от 30.04.2009) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 242</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.04.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId124" w:tooltip="Постановление Правительства РФ от 30.04.2009 N 389 (ред. от 18.01.2025) &quot;О мерах по совершенствованию законопроектной деятельности Правительства Российской Федерации&quot; (вместе с &quot;Положением о законопроектной деятельности Правительства Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 389</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 02.09.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId125" w:tooltip="Постановление Правительства РФ от 02.09.2009 N 713 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 713</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.11.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId126" w:tooltip="Постановление Правительства РФ от 30.11.2009 N 967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 967</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.11.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId127" w:tooltip="Постановление Правительства РФ от 30.11.2009 N 968 &quot;О внесении изменений в пункт 118 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 968</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 24.12.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId128" w:tooltip="Постановление Правительства РФ от 24.12.2009 N 1086 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1086</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 20.02.2010 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId129" w:tooltip="Постановление Правительства РФ от 20.02.2010 N 72 (ред. от 14.09.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в связи с принятием Федерального закона &quot;Об антикоррупционной экспертизе нормативных правовых актов и проектов нормативных правовых актов&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 72</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 15.05.2010 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId130" w:tooltip="Постановление Правительства РФ от 15.05.2010 N 336 (ред. от 12.04.2020) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 336</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 21.02.2011 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId131" w:tooltip="Постановление Правительства РФ от 21.02.2011 N 94 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 94</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 01.07.2011 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId132" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 530</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 01.10.2011 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId133" w:tooltip="Постановление Правительства РФ от 01.10.2011 N 807 (ред. от 23.02.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 807</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 17.11.2011 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId134" w:tooltip="Постановление Правительства РФ от 17.11.2011 N 937 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 937</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 25.04.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId135" w:tooltip="Постановление Правительства РФ от 25.04.2012 N 394 (ред. от 01.07.2024) &quot;О мерах по совершенствованию использования информационно-коммуникационных технологий в деятельности государственных органов&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 394</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 11.08.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId136" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 816</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 06.09.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId137" w:tooltip="Постановление Правительства РФ от 06.09.2012 N 890 (ред. от 28.04.2021) &quot;О мерах по совершенствованию электронного документооборота в органах государственной власти&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 890</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 04.10.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId138" w:tooltip="Постановление Правительства РФ от 04.10.2012 N 1013 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1013</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 08.10.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId139" w:tooltip="Постановление Правительства РФ от 08.10.2012 N 1025 (ред. от 29.08.2020) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1025</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 17.12.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId140" w:tooltip="Постановление Правительства РФ от 17.12.2012 N 1318 (ред. от 13.07.2024) &quot;О порядке проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евразийской экономической комиссии, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евр {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1318</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 24.04.2013 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId141" w:tooltip="Постановление Правительства РФ от 24.04.2013 N 371 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 371</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 10.06.2013 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId142" w:tooltip="Постановление Правительства РФ от 10.06.2013 N 490 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 490</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 26.08.2013 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId143" w:tooltip="Постановление Правительства РФ от 26.08.2013 N 735 (ред. от 22.05.2018) &quot;О Правительственной комиссии по использованию информационных технологий для улучшения качества жизни и условий ведения предпринимательской деятельности&quot; (вместе с &quot;Положением о Правительственной комиссии по использованию информационных технологий для улучшения качества жизни и условий ведения предпринимательской деятельности&quot;) ------------ Утратил силу или отменен {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 735</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 18.09.2013 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId144" w:tooltip="Постановление Правительства РФ от 18.09.2013 N 819 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам финансово-экономического обоснования решений, предлагаемых к принятию проектом нормативного правового акта&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 819</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.11.2013 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId145" w:tooltip="Постановление Правительства РФ от 30.11.2013 N 1099 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1099</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 17.02.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId146" w:tooltip="Постановление Правительства РФ от 17.02.2014 N 120 (ред. от 29.11.2018) &quot;О порядке проведения педагогической экспертизы проектов нормативных правовых актов и нормативных правовых актов, касающихся вопросов обучения и воспитания&quot; (вместе с &quot;Правилами проведения педагогической экспертизы проектов нормативных правовых актов и нормативных правовых актов, касающихся вопросов обучения и воспитания&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 120</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 15.04.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId147" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 333</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 08.07.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId148" w:tooltip="Постановление Правительства РФ от 08.07.2014 N 627 &quot;О внесении изменения в пункт 62 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 627</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.07.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId149" w:tooltip="Постановление Правительства РФ от 30.07.2014 N 732 (ред. от 14.11.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 732</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.01.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId150" w:tooltip="Постановление Правительства РФ от 30.01.2015 N 83 (ред. от 29.05.2023) &quot;О проведении оценки фактического воздействия нормативных правовых актов, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения оценки фактического воздействия нормативных правовых актов&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 83</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 13.03.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId151" w:tooltip="Постановление Правительства РФ от 13.03.2015 N 222 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 222</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 25.07.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId152" w:tooltip="Постановление Правительства РФ от 25.07.2015 N 758 (ред. от 27.05.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 758</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 07.12.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId153" w:tooltip="Постановление Правительства РФ от 07.12.2015 N 1335 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1335</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 29.12.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId154" w:tooltip="Постановление Правительства РФ от 29.12.2015 N 1475 &quot;О внесении изменения в пункт 53(2) Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1475</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 05.02.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId155" w:tooltip="Постановление Правительства РФ от 05.02.2016 N 73 &quot;О внесении изменения в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 73</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 05.05.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId156" w:tooltip="Постановление Правительства РФ от 05.05.2016 N 392 &quot;О приоритетных направлениях использования и развития информационно-коммуникационных технологий в федеральных органах исполнительной власти и органах управления государственными внебюджетными фондами и о внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 392</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 21.05.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId157" w:tooltip="Постановление Правительства РФ от 21.05.2016 N 449 &quot;О внесении изменения в пункт 98 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 449</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 22.07.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId158" w:tooltip="Постановление Правительства РФ от 22.07.2016 N 708 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 708</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 22.08.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId159" w:tooltip="Постановление Правительства РФ от 22.08.2016 N 830 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 830</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 24.08.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId160" w:tooltip="Постановление Правительства РФ от 24.08.2016 N 837 &quot;О внесении изменения в пункт 60(4) Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 837</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 05.09.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId161" w:tooltip="Постановление Правительства РФ от 05.09.2016 N 879 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 879</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 15.10.2016 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId162" w:tooltip="Постановление Правительства РФ от 15.10.2016 N 1050 (ред. от 03.10.2018) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) ------------ Утратил силу или отменен {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1050</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 28.01.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId163" w:tooltip="Постановление Правительства РФ от 28.01.2017 N 98 (ред. от 29.08.2020) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 98</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 17.02.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId164" w:tooltip="Постановление Правительства РФ от 17.02.2017 N 205 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 205</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 22.03.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId165" w:tooltip="Постановление Правительства РФ от 22.03.2017 N 322 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 322</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 13.05.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId166" w:tooltip="Постановление Правительства РФ от 13.05.2017 N 566 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 566</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 10.07.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId167" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 813</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 07.10.2017 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId168" w:tooltip="Постановление Правительства РФ от 07.10.2017 N 1229 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1229</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 25.09.2018 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId169" w:tooltip="Постановление Правительства РФ от 25.09.2018 N 1138 (ред. от 16.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1138</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 31.10.2018 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId170" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 02.08.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1288</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 25.01.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId171" w:tooltip="Постановление Правительства РФ от 25.01.2019 N 38 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 38</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 02.02.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId172" w:tooltip="Постановление Правительства РФ от 02.02.2019 N 77 (ред. от 09.02.2022) &quot;О внесении изменений в отдельные акты Правительства Российской Федерации&quot; (с изм. и доп., вступ. в силу с 22.03.2022) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 77</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 02.03.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId173" w:tooltip="Постановление Правительства РФ от 02.03.2019 N 234 (ред. от 01.08.2024) &quot;О системе управления реализацией национальной программы &quot;Цифровая экономика Российской Федерации&quot; (вместе с &quot;Положением о системе управления реализацией национальной программы &quot;Цифровая экономика Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 234</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 07.05.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId174" w:tooltip="Постановление Правительства РФ от 07.05.2019 N 568 &quot;О внесении изменения в пункт 58 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 568</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 10.05.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId175" w:tooltip="Постановление Правительства РФ от 10.05.2019 N 578 &quot;О внесении изменения в пункт 74 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 578</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 27.05.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId176" w:tooltip="Постановление Правительства РФ от 27.05.2019 N 669 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 669</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 21.08.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId177" w:tooltip="Постановление Правительства РФ от 21.08.2019 N 1079 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1079</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 14.09.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId178" w:tooltip="Постановление Правительства РФ от 14.09.2019 N 1200 (ред. от 14.02.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1200</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 31.10.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId179" w:tooltip="Постановление Правительства РФ от 31.10.2019 N 1398 (ред. от 23.12.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1398</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 18.11.2019 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId180" w:tooltip="Постановление Правительства РФ от 18.11.2019 N 1470 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу пункта 3 распоряжения Правительства Российской Федерации от 29 декабря 2006 г. N 1852-р&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1470</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 14.02.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId181" w:tooltip="Постановление Правительства РФ от 14.02.2020 N 140 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 140</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 28.02.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId182" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 212</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 28.03.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId183" w:tooltip="Постановление Правительства РФ от 28.03.2020 N 359 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 359</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 07.05.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId184" w:tooltip="Постановление Правительства РФ от 07.05.2020 N 640 (ред. от 18.03.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу абзаца четвертого подпункта &quot;б&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 640</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId185" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1301</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 10.10.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId186" w:tooltip="Постановление Правительства РФ от 10.10.2020 N 1646 (ред. от 09.06.2025) &quot;О мерах по обеспечению эффективности мероприятий по использованию информационно-коммуникационных технологий, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета и бюджетов государственных внебюджетных фондов&quot; (вместе с &quot;Положением о формировании и ведении реестра ИТ-расходов на создание, развитие, ввод в эксплуатацию, эксплуатацию и вывод из эксплуатации ИТ-активов, финансовое  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1646</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 10.10.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId187" w:tooltip="Постановление Правительства РФ от 10.10.2020 N 1649 (ред. от 25.01.2022) &quot;Об утверждении Положения о порядке рассмотрения Правительством Российской Федерации обращений об определении единственного поставщика (подрядчика, исполнителя) и о внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1649</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 26.12.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId188" w:tooltip="Постановление Правительства РФ от 26.12.2020 N 2286 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 2286</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 11.03.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId189" w:tooltip="Постановление Правительства РФ от 11.03.2021 N 357 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 357</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 14.04.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId190" w:tooltip="Постановление Правительства РФ от 14.04.2021 N 588 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 588</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 28.04.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId191" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 666</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 01.07.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId192" w:tooltip="Постановление Правительства РФ от 01.07.2021 N 1106 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1106</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 24.07.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId193" w:tooltip="Постановление Правительства РФ от 24.07.2021 N 1255 &quot;О внесении изменений в пункты 99 и 101 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1255</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 06.09.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId194" w:tooltip="Постановление Правительства РФ от 06.09.2021 N 1506 (ред. от 04.08.2023) &quot;Об утверждении Положения об официальных и о специальных представителях Правительства Российской Федерации в палатах Федерального Собрания Российской Федерации и о внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1506</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 03.12.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId195" w:tooltip="Постановление Правительства РФ от 03.12.2021 N 2191 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 2191</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 23.12.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId196" w:tooltip="Постановление Правительства РФ от 23.12.2021 N 2399 (ред. от 10.10.2023) &quot;Об Экспертном совете при Правительстве Российской Федерации&quot; (вместе с &quot;Положением об Экспертном совете при Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 2399</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 25.01.2022 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId197" w:tooltip="Постановление Правительства РФ от 25.01.2022 N 37 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 37</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 11.03.2022 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId198" w:tooltip="Постановление Правительства РФ от 11.03.2022 N 342 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 342</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 19.04.2022 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId199" w:tooltip="Постановление Правительства РФ от 19.04.2022 N 700 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 700</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 02.06.2022 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId200" w:tooltip="Постановление Правительства РФ от 02.06.2022 N 1005 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1005</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.06.2022 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId201" w:tooltip="Постановление Правительства РФ от 30.06.2022 N 1168 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1168</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.03.2023 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId202" w:tooltip="Постановление Правительства РФ от 30.03.2023 N 505 &quot;О внесении изменения в Регламент Правительства Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 505</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 07.09.2023 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId203" w:tooltip="Постановление Правительства РФ от 07.09.2023 N 1456 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1456</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 13.10.2023 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId204" w:tooltip="Постановление Правительства РФ от 13.10.2023 N 1694 &quot;О внесении изменения в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1694</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 15.12.2023 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId205" w:tooltip="Постановление Правительства РФ от 15.12.2023 N 2157 &quot;О внесении изменения в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 2157</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 05.04.2024 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId206" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 432</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 25.07.2024 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId207" w:tooltip="Постановление Правительства РФ от 25.07.2024 N 1007 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1007</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 15.11.2024 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId208" w:tooltip="Постановление Правительства РФ от 15.11.2024 N 1557 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1557</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 18.11.2024 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId209" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1578</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 13.02.2025 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId210" w:tooltip="Постановление Правительства РФ от 13.02.2025 N 143 &quot;О внесении изменения в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 143</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 09.06.2025 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId211" w:tooltip="Постановление Правительства РФ от 09.06.2025 N 861 &quot;О Центре развития искусственного интеллекта при Правительстве Российской Федерации&quot; (вместе с &quot;Положением о системе реализации приоритетных задач Правительства Российской Федерации в области развития технологий искусственного интеллекта и Центре развития искусственного интеллекта при Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 861</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 05.09.2025 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId212" w:tooltip="Постановление Правительства РФ от 05.09.2025 N 1373 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования государственного управления в сфере противодействия незаконному ввозу, производству и обороту контрафактной продукции&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1373</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с изм., внесенными </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId213" w:tooltip="Постановление Конституционного Суда РФ от 29.11.2006 N 9-П &quot;По делу о проверке конституционности пункта 100 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Постановлением</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Конституционного Суда РФ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 29.11.2006 N 9-П, </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId214" w:tooltip="Решение Верховного Суда РФ от 15.02.2007 N ГКПИ06-1355 &lt;О признании недействующим абзаца третьего пункта 108 Регламента Правительства РФ, утв. Постановлением Правительства РФ от 01.06.2004 N 260&gt; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">решением</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Верховного Суда РФ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 15.02.2007 N ГКПИ06-1355)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящий Регламент в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId215" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации, Федеральным конституционным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId216" w:tooltip="Федеральный конституционный закон от 06.11.2020 N 4-ФКЗ &quot;О Правительстве Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О Правительстве Российской Федерации", иными федеральными законами и указами Президента Российской Федерации устанавливает правила организации деятельности Правительства Российской Федерации (далее - Правительство) по реализации его полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила организации деятельности федеральных органов исполнительной власти по реализации их полномочий, а также правила организации взаимодействия федеральных министерств с находящимися в их ведении федеральными службами и федеральными агентствами устанавливаются регламентами федеральных министерств, иных федеральных органов исполнительной власти в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId217" w:tooltip="Постановление Правительства РФ от 19.01.2005 N 30 (ред. от 18.11.2024) &quot;О Типовом регламенте взаимодействия федеральных органов исполнительной власти&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">типовым регламентом,</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждаемым Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок организации проектной деятельности в Правительстве устанавливается в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId218" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 02.08.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об организации проектной деятельности в Правительстве, утверждаемым Правительством. Правила организации деятельности Правительства, установленные настоящим Регламентом, применяются к проектной деятельности в части, не противоречащей положению об организации проектной деятельности в Правительстве, утверждаемому Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId219" w:tooltip="Постановление Правительства РФ от 15.10.2016 N 1050 (ред. от 03.10.2018) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) ------------ Утратил силу или отменен {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.10.2016 N 1050)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подготовка проектов нормативных правовых актов Правительства осуществляется в соответствии с ежегодно утверждаемыми руководителями федеральных органов исполнительной власти планами подготовки нормативных правовых актов Правительства на очередной календарный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId220" w:tooltip="Постановление Правительства РФ от 30.01.2015 N 83 (ред. от 29.05.2023) &quot;О проведении оценки фактического воздействия нормативных правовых актов, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения оценки фактического воздействия нормативных правовых актов&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.01.2015 N 83)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В планы подлежат включению нормативные правовые акты Правительства, разработка которых прямо не предусмотрена законодательными актами Российской Федерации, поручениями или указаниями Президента Российской Федерации, а также поручениями Председателя Правительства Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId221" w:tooltip="Постановление Правительства РФ от 30.01.2015 N 83 (ред. от 29.05.2023) &quot;О проведении оценки фактического воздействия нормативных правовых актов, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения оценки фактического воздействия нормативных правовых актов&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.01.2015 N 83)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внесение изменений в планы осуществляется федеральными органами исполнительной власти по согласованию с заместителями Председателя Правительства Российской Федерации в соответствии с распределением обязанностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId222" w:tooltip="Постановление Правительства РФ от 30.01.2015 N 83 (ред. от 29.05.2023) &quot;О проведении оценки фактического воздействия нормативных правовых актов, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения оценки фактического воздействия нормативных правовых актов&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.01.2015 N 83)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок, определенный днями, исчисляется в календарных днях, если срок не установлен в рабочих днях. При этом рабочим днем считается день, который не признается в соответствии с законодательством Российской Федерации выходным, нерабочим праздничным и (или) нерабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId223" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Основные направления деятельности Правительства определяются Председателем Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Правительства организует работу Правительства, ведет заседания Правительства, систематически проводит совещания с членами Правительства, руководителями государственных комитетов, федеральных служб и федеральных агентств (далее - иные федеральные органы исполнительной власти), органов и организаций при Правительстве, на которых рассматривает ход выполнения программ и планов деятельности Правительства, поручений и указаний Президента Российской Федерации Правительству, принимает решения по оперативным вопросам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.03.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId224" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 221</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 01.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId225" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 530</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Правительства систематически информирует Президента Российской Федерации о работе Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заместители Председателя Правительства (в соответствии с распределением обязанностей) рассматривают конкретные вопросы деятельности Правительства, координируют деятельность федеральных органов исполнительной власти, обеспечивают исполнение ими решений Президента Российской Федерации и Правительства, участвуют при необходимости в заседаниях коллегий этих органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId226" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Правительство на основании и во исполнение </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId227" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации, федеральных конституционных законов, федеральных законов (далее - федеральные законы), указов и распоряжений Президента Российской Федерации, поручений и указаний Президента Российской Федерации Правительству издает постановления и распоряжения, обязательные к исполнению в Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId228" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2011 N 530)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акты Правительства подписываются Председателем Правительства, вступают в силу и подлежат опубликованию в порядке, установленном федеральным законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акты Правительства по вопросам, подлежащим решению исключительно на заседаниях Правительства, издаются только после их рассмотрения на заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Правительство в пределах своих полномочий организует исполнение </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId229" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации, федеральных законов, актов Президента Российской Федерации и Правительства, международных договоров Российской Федерации, осуществляет систематический контроль за их исполнением федеральными органами исполнительной власти и исполнительными органами субъектов Российской Федерации (в части полномочий, осуществляемых исполнительными органами субъектов Российской Федерации в пределах ведения Российской Федерации и полномочий Российской Федерации по предметам совместного ведения Российской Федерации и субъектов Российской Федерации), принимает меры по устранению нарушений законодательства Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId230" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2024 N 1578)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Правительство в целях осуществления контроля за исполнением </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId231" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации, федеральных законов, международных договоров Российской Федерации, актов Президента Российской Федерации и решений Правительства заслушивает на своих заседаниях федеральных министров, руководителей иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Правительство, иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации (в пределах компетенции Правительства), а также руководителей исполнительных органов субъектов Российской Федерации (в части полномочий, осуществляемых исполнительными органами субъектов Российской Федерации в пределах ведения Российской Федерации и полномочий Российской Федерации по предметам совместного ведения Российской Федерации и субъектов Российской Федерации), дает оценку деятельности указанных органов и соответствующих организаций, принимает решения об отмене или о приостановлении действия актов федеральных органов исполнительной власти, о внесении Президенту Российской Федерации предложений о приостановлении действия актов исполнительных органов субъектов Российской Федерации, о привлечении к дисциплинарной ответственности должностных лиц, назначаемых на должность и освобождаемых от должности Правительством, вносит Президенту Российской Федерации предложения о привлечении к дисциплинарной ответственности должностных лиц, назначаемых на должность и освобождаемых от должности Президентом Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId232" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2024 N 1578)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="143" w:name="P143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. В Правительстве подлежат рассмотрению проекты федеральных законов, указов и распоряжений Президента Российской Федерации, постановлений и распоряжений Правительства, а в случаях, предусмотренных федеральными законами, актами Президента Российской Федерации и Правительства, - проекты других актов, а также проекты заключений, официальных отзывов и поправок Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId233" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По поручению (указанию) Президента Российской Федерации, а также по предложениям членов Правительства, руководителей иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, в Правительстве могут рассматриваться другие документы по вопросам, не требующим принятия соответствующих актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассмотрением в Правительстве проектов актов и других документов для целей настоящего Регламента является их рассмотрение на заседаниях Правительства и без созыва заседаний Правительства, на заседаниях координационных и совещательных органов под председательством Председателя Правительства, одного из заместителей Председателя Правительства или Заместителя Председателя Правительства - Руководителя Аппарата Правительства, а также рассмотрение Председателем Правительства или его заместителями на совещаниях или единолично.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 6 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId234" w:tooltip="Постановление Правительства РФ от 22.07.2016 N 708 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 22.07.2016 N 708)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="148" w:name="P148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Проекты актов и другие документы, указанные в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P143" w:tooltip="6. В Правительстве подлежат рассмотрению проекты федеральных законов, указов и распоряжений Президента Российской Федерации, постановлений и распоряжений Правительства, а в случаях, предусмотренных федеральными законами, актами Президента Российской Федерации и Правительства, - проекты других актов, а также проекты заключений, официальных отзывов и поправок Правительства.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пункте 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, могут вноситься на рассмотрение в Правительство членами Правительства, руководителями иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, или лицами, исполняющими их обязанности. Проекты заключений, официальных отзывов и поправок Правительства могут вноситься на рассмотрение в Правительство статс-секретарями - заместителями руководителей федеральных органов исполнительной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 04.10.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId235" w:tooltip="Постановление Правительства РФ от 04.10.2012 N 1013 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1013</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId236" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов по вопросам, отнесенным к ведению Правительственной комиссии по проведению административной реформы и Правительственной комиссии по цифровому развитию, использованию информационных технологий для улучшения качества жизни и условий ведения предпринимательской деятельности, могут вноситься на рассмотрение в Правительство указанными Комиссиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId237" w:tooltip="Постановление Правительства РФ от 24.12.2009 N 1086 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 24.12.2009 N 1086; в ред. Постановлений Правительства РФ от 26.08.2013 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId238" w:tooltip="Постановление Правительства РФ от 26.08.2013 N 735 (ред. от 22.05.2018) &quot;О Правительственной комиссии по использованию информационных технологий для улучшения качества жизни и условий ведения предпринимательской деятельности&quot; (вместе с &quot;Положением о Правительственной комиссии по использованию информационных технологий для улучшения качества жизни и условий ведения предпринимательской деятельности&quot;) ------------ Утратил силу или отменен {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 735</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 02.02.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId239" w:tooltip="Постановление Правительства РФ от 02.02.2019 N 77 (ред. от 09.02.2022) &quot;О внесении изменений в отдельные акты Правительства Российской Федерации&quot; (с изм. и доп., вступ. в силу с 22.03.2022) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 77</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="152" w:name="P152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P148" w:tooltip="7. Проекты актов и другие документы, указанные в пункте 6 настоящего Регламента, могут вноситься на рассмотрение в Правительство членами Правительства, руководителями иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, или лицами, исполняющими их обязанности. Проекты заключений, официальных отзывов и поправок Правительства могут вноситься на рассмотрение в Правительство статс-секретарями - заместителями руководит...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пункте 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При отсутствии возможности соблюдения установленного порядка обмена документами в электронном виде и требований информационной безопасности документы, подписанные должностными лицами собственноручно, вносятся на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы, содержащие сведения, составляющие государственную тайну, или сведения конфиденциального характера, вносятся с соблюдением требований информационной безопасности, а также требований, установленных законодательством Российской Федерации о государственной тайне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 7(1) в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId240" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="156" w:name="P156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. В Правительстве также рассматриваются поручения и указания Президента Российской Федерации, проекты актов и другие документы, направленные в установленном порядке в Правительство Администрацией Президента Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId241" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2011 N 530)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Результаты рассмотрения в Правительстве проектов актов и других документов оформляются актами Правительства, протоколами заседаний Правительства, координационных и совещательных органов под председательством Председателя Правительства, одного из заместителей Председателя Правительства или Заместителя Председателя Правительства - Руководителя Аппарата Правительства, протоколами совещаний у Председателя Правительства и его заместителей, резолюциями Председателя Правительства и его заместителей или подписанными ими другими документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId242" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.03.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId243" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 221</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="160" w:name="P160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При отсутствии возможности соблюдения установленного порядка обмена документами в электронном виде и требований информационной безопасности документы, подписанные должностными лицами собственноручно, направляются на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы, содержащие сведения, составляющие государственную тайну, или сведения конфиденциального характера, направляются с соблюдением требований информационной безопасности, а также требований, установленных законодательством Российской Федерации о государственной тайне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 9(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId244" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Обращения в Правительство, не предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P143" w:tooltip="6. В Правительстве подлежат рассмотрению проекты федеральных законов, указов и распоряжений Президента Российской Федерации, постановлений и распоряжений Правительства, а в случаях, предусмотренных федеральными законами, актами Президента Российской Федерации и Правительства, - проекты других актов, а также проекты заключений, официальных отзывов и поправок Правительства.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента или внесенные руководителями органов, не указанными в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P148" w:tooltip="7. Проекты актов и другие документы, указанные в пункте 6 настоящего Регламента, могут вноситься на рассмотрение в Правительство членами Правительства, руководителями иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, или лицами, исполняющими их обязанности. Проекты заключений, официальных отзывов и поправок Правительства могут вноситься на рассмотрение в Правительство статс-секретарями - заместителями руководит...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктах 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P156" w:tooltip="8. В Правительстве также рассматриваются поручения и указания Президента Российской Федерации, проекты актов и другие документы, направленные в установленном порядке в Правительство Администрацией Президента Российской Федерации.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, направляются Аппаратом Правительства в органы государственной власти и органы местного самоуправления в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, для рассмотрения и принятия решений в соответствии с их полномочиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 10 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId245" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Обращения в Правительство, содержащие предложения о принятии федеральных законов, актов Президента Российской Федерации и Правительства, других решений Правительства, направляются в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, в федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, в соответствии со сферами ведения соответствующих федеральных органов исполнительной власти. Указанные органы проводят проработку обращений, принимают в пределах своей компетенции соответствующие решения, при необходимости вносят в Правительство в установленном порядке проекты актов, по которым требуется решение Правительства, и о результатах рассмотрения информируют заявителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId246" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О результатах рассмотрения предложений по предметам совместного ведения Российской Федерации и субъектов Российской Федерации, внесенных в установленном порядке законодательными (представительными) или исполнительными органами государственной власти субъектов Российской Федерации, соответствующие органы информируются федеральными министерствами, иными федеральными органами исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, в срок не более 1 месяца с представлением в Правительство копии ответа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организация проработки поступивших в Правительство предложений Экспертного совета при Правительстве Российской Федерации (далее - Экспертный совет) и подготовка при необходимости проектов поручений Председателя Правительства и его заместителей (в соответствии с распределением обязанностей) по ним осуществляются Аппаратом Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId247" w:tooltip="Постановление Правительства РФ от 27.05.2019 N 669 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 27.05.2019 N 669)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Обращения органов государственной власти, органов местного самоуправления, иных организаций, содержащие жалобы на неудовлетворительную работу руководителей федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Правительство, с соответствующим заключением Аппарата Правительства не позднее чем в 10-дневный срок представляются Председателю Правительства или заместителям Председателя Правительства (в соответствии с распределением обязанностей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId248" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обращения, содержащие жалобы на неудовлетворительную работу руководителей федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации, направляются на рассмотрение в Администрацию Президента Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обращения, содержащие жалобы на неудовлетворительную работу руководителей иных федеральных органов исполнительной власти, подведомственных федеральным министерствам, направляются Аппаратом Правительства соответствующим федеральным министрам в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId249" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обращения, содержащие информацию о действиях (бездействии) руководителей федеральных органов исполнительной власти, содержащих признаки преступления или административного правонарушения, направляются в соответствующие государственные органы для принятия решения в порядке, предусмотренном процессуальным законодательством, в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId250" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Акты Правительства, протоколы заседаний и совещаний, проводимых в Правительстве, резолюции Председателя Правительства и заместителей Председателя Правительства по рассмотренным в Правительстве документам оформляются и рассылаются Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 13 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId251" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Контроль исполнения поручений, содержащихся в актах Президента Российской Федерации и Правительства, протоколах заседаний и совещаний, проводимых в Правительстве, резолюциях Председателя Правительства и заместителей Председателя Правительства, организуется Аппаратом Правительства. Аппарат Правительства прекращает контроль исполнения поручений на основании решений, принимаемых Председателем Правительства, его заместителями (в соответствии с распределением обязанностей) или Заместителем Председателя Правительства - Руководителем Аппарата Правительства, о чем информирует исполнителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId252" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.03.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId253" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 221</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Доступ средств массовой информации к информации о деятельности Правительства осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId254" w:tooltip="Федеральный закон от 09.02.2009 N 8-ФЗ (ред. от 14.07.2022) &quot;Об обеспечении доступа к информации о деятельности государственных органов и органов местного самоуправления&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации, регулирующим вопросы обеспечения доступа к информации о деятельности государственных органов и органов местного самоуправления, с учетом особенностей, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId255" w:tooltip="Закон РФ от 27.12.1991 N 2124-1 (ред. от 23.07.2025) &quot;О средствах массовой информации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации о средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId256" w:tooltip="Постановление Правительства РФ от 02.09.2009 N 713 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 02.09.2009 N 713)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информация о вопросах, рассматриваемых в Правительстве, направляется Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, органам государственной власти, органам местного самоуправления и другим организациям в соответствии с федеральными законами, актами Правительства и указаниями Председателя Правительства, заместителей Председателя Правительства (в соответствии с распределением обязанностей) и Заместителя Председателя Правительства - Руководителя Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId257" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поступившие на рассмотрение в Правительство документы, а также принятые по ним решения до их опубликования в установленном законодательством Российской Федерации </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId258" w:tooltip="Указ Президента РФ от 23.05.1996 N 763 (ред. от 03.03.2022) &quot;О порядке опубликования и вступления в силу актов Президента Российской Федерации, Правительства Российской Федерации и нормативных правовых актов федеральных органов исполнительной власти&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> относятся к материалам, содержащим служебную информацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15.1. Положения настоящего Регламента, определяющие порядок взаимоотношений Правительства и федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, распространяются на Государственную корпорацию по атомной энергии "Росатом" и Государственную корпорацию по космической деятельности "Роскосмос", а в части подготовки и внесения в Правительство проектов решений о подготовке и реализации бюджетных инвестиций в объекты государственной собственности Российской Федерации в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId259" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 31.07.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацем вторым пункта 3 статьи 79</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного кодекса Российской Федерации - на публично-правовую компанию "Единый заказчик в сфере строительства", если иные правила не установлены федеральными законами, актами Президента Российской Федерации и Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 15.1 введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId260" w:tooltip="Постановление Правительства РФ от 26.11.2008 N 888 (ред. от 18.11.2024) &quot;Об утверждении регламента Государственной корпорации по атомной энергии &quot;Росатом&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.11.2008 N 888; в ред. Постановлений Правительства РФ от 07.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId261" w:tooltip="Постановление Правительства РФ от 07.12.2015 N 1335 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1335</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 14.04.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId262" w:tooltip="Постановление Правительства РФ от 14.04.2021 N 588 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 588</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">II. Планирование и организация работы Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Правительство в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId263" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации, федеральными законами, указами, распоряжениями, поручениями и указаниями Президента Российской Федерации принимает программы социально-экономического развития страны и планы действий по их реализации, а также планирует свою законопроектную деятельность, проведение заседаний и других мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId264" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2011 N 530)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Правительство, органы и организации при Правительстве организуют свою работу в соответствии с утверждаемыми Правительством планами и показателями деятельности указанных органов и организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок и сроки представления указанными органами и организациями проектов планов работы на очередной год и прогнозных значений основных показателей своей деятельности, а также представления отчетов об их исполнении определяются Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Члены Правительства планируют свою деятельность с учетом необходимости участия в мероприятиях, проводимых Президентом Российской Федерации, заседаниях Правительства, образуемых Правительством координационных и совещательных органов, палат Федерального Собрания Российской Федерации (далее - Федеральное Собрание), а также в других обязательных для членов Правительства плановых мероприятиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. Выезд в командировку и уход в отпуск федеральных министров, руководителей иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Правительство, осуществляются с письменного согласия Председателя Правительства либо по его поручению с согласия заместителей Председателя Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId265" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выезд в командировку и уход в отпуск руководителей органов и организаций при Правительстве осуществляются по решению Заместителя Председателя Правительства - Руководителя Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId266" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.03.2008 N 221)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выезд в командировку и уход в отпуск руководителей федеральных служб и федеральных агентств, подведомственных федеральным министерствам, осуществляются по решению соответствующих федеральных министров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок выезда в командировку и ухода в отпуск руководителей органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации, определяется Президентом Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Координационные и совещательные органы, образуемые Правительством, планируют свою деятельность самостоятельно в соответствии с положениями о них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Планирование заседаний Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. Рассмотрение вопросов на заседаниях Правительства планируется, как правило, на полугодовой период. План заседаний Правительства на очередной период включает в себя перечень основных вопросов, подлежащих рассмотрению на заседаниях Правительства, с указанием по каждому вопросу даты его рассмотрения и федеральных органов исполнительной власти, ответственных за подготовку вопроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="208" w:name="P208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. Федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, не позднее чем за 1 месяц до начала очередного планируемого периода представляют в Правительство разработанные на основе требований федеральных законов, указов, распоряжений, поручений и указаний Президента Российской Федерации, программ и планов деятельности Правительства, поручений Председателя Правительства и заместителей Председателя Правительства предложения по внесению ими материалов на заседание Правительства, содержащие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) наименование вопроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:spacing w:after="1"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:insideH w:val="nil"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="9921"/>
+        <w:gridCol w:w="113"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="ced3f1"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...1806 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КонсультантПлюс: примечание.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О вопросах, решения по которым принимаются на заседаниях Правительства РФ, см. </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId267" w:tooltip="Федеральный конституционный закон от 06.11.2020 N 4-ФКЗ &quot;О Правительстве Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ст. 31</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ФКЗ от 06.11.2020 N 4-ФКЗ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...3 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...8 lines deleted...]
-        <w:pStyle w:val="ConsPlusTitle"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="260" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) краткое обоснование необходимости рассмотрения вопроса на заседании Правительства с учетом требований </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId268" w:tooltip="Федеральный конституционный закон от 17.12.1997 N 2-ФКЗ (ред. от 28.12.2016) &quot;О Правительстве Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">статьи 28</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального конституционного закона "О Правительстве Российской Федерации";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) общую характеристику и основные положения вопроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) форму предлагаемого решения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д) перечень соисполнителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) дату рассмотрения на заседании Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж) указание на наличие или отсутствие необходимости рассмотрения вопроса Экспертным советом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.07.2016 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId269" w:tooltip="Постановление Правительства РФ от 22.07.2016 N 708 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 708</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 27.05.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId270" w:tooltip="Постановление Правительства РФ от 27.05.2019 N 669 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 669</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. На основе предложений, указанных в пункте </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P208" w:tooltip="22. Федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, не позднее чем за 1 месяц до начала очередного планируемого периода представляют в Правительство разработанные на основе требований федеральных законов, указов, распоряжений, поручений и указаний Президента Российской Федерации, программ и планов деятельности Правительства, поручений Председателя Правительства и заместителей Председа...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">22</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, в течение первой половины месяца, предшествующего очередному периоду планирования, Заместитель Председателя Правительства - Руководитель Аппарата Правительства формирует проект плана заседаний Правительства на очередной период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId271" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.03.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId272" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 221</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект плана заседаний представляется Председателю Правительства. По решению Председателя Правительства проект плана может быть внесен для обсуждения на заседание Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План заседаний утверждается Председателем Правительства. Решение об изменении утвержденного плана в части содержания вопроса и срока его рассмотрения принимается Председателем Правительства по мотивированному предложению ответственного за подготовку вопроса руководителя федерального органа исполнительной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подготовка, исполнение и контроль исполнения плана заседаний осуществляются в порядке, установленном Заместителем Председателя Правительства - Руководителем Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId273" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Рассмотрение на заседаниях дополнительных (внеплановых) вопросов осуществляется по решению Председателя Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок подготовки и проведения заседаний Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Очередные заседания Правительства проводятся по утвержденному плану в определенный день недели, но не реже 1 раза в месяц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внеочередные заседания Правительства проводятся по решению Председателя Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId274" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26. Руководители федеральных органов исполнительной власти, на которые возложена подготовка соответствующих материалов для рассмотрения на заседаниях Правительства, несут персональную ответственность за их качество и своевременность представления. Материалы по вопросам, включенным в план заседаний Правительства, представляются не позднее чем за 14 дней до определенной планом даты рассмотрения вопроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопросы, не предусмотренные планом заседаний Правительства, включаются, как правило, в проект повестки очередного заседания, проводимого через 14 дней после внесения соответствующих материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. Проекты федеральных законов, актов Президента Российской Федерации и Правительства, другие документы вносятся в Правительство и подготавливаются к рассмотрению в порядке, определяемом </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P342" w:tooltip="IV. Порядок внесения в Правительство и рассмотрения">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">разделом IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента. Вместе с проектами актов и другими документами могут представляться предложения к протоколам заседаний или совещаний в Правительстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28. Материалы по вопросам, подлежащим решению на заседаниях Правительства, рассматриваются и согласовываются федеральными министерствами, иными федеральными органами исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, в первоочередном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29. Проект повестки заседания Правительства формируется Заместителем Председателя Правительства - Руководителем Аппарата Правительства и с соответствующими материалами представляется Председателю Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId275" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.03.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId276" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 221</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одобренные Председателем Правительства проект повестки заседания и соответствующие материалы не позднее чем за 5 дней до даты заседания рассылаются в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, его участникам. Повестка заседания Правительства утверждается непосредственно на заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId277" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30. Члены Правительства, руководители органов и организаций, которым разосланы проект повестки заседания и соответствующие материалы, при необходимости представляют в Правительство не позднее чем за 24 часа до начала заседания свои замечания и предложения к проектам решений по соответствующим вопросам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31. На заседания Правительства приглашаются руководители иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, а также руководители иных органов и других организаций, имеющие непосредственное отношение к рассматриваемому вопросу, координаторы сторон Российской трехсторонней комиссии по регулированию социально-трудовых отношений, представляющие общероссийские объединения профессиональных союзов и общероссийские объединения работодателей, если рассматриваемые вопросы затрагивают социально-трудовые отношения и связанные с ними экономические отношения. Состав лиц, приглашаемых на заседание Правительства, определяется Заместителем Председателя Правительства - Руководителем Аппарата Правительства по предложениям органов и организаций, ответственных за подготовку рассматриваемых вопросов, а также координатора Российской трехсторонней комиссии по регулированию социально-трудовых отношений при рассмотрении соответствующих вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.03.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId278" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 221</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 05.09.2016 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId279" w:tooltip="Постановление Правительства РФ от 05.09.2016 N 879 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 879</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На заседание Правительства приглашаются также работники Аппарата Правительства, непосредственно осуществляющие подготовку материалов по рассматриваемым вопросам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если вопрос рассматривался Экспертным советом, члены Экспертного совета также могут быть приглашены на заседание Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId280" w:tooltip="Постановление Правительства РФ от 25.07.2015 N 758 (ред. от 27.05.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 25.07.2015 N 758; в ред. Постановлений Правительства РФ от 27.05.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId281" w:tooltip="Постановление Правительства РФ от 27.05.2019 N 669 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 669</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 31.10.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId282" w:tooltip="Постановление Правительства РФ от 31.10.2019 N 1398 (ред. от 23.12.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1398</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 23.12.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId283" w:tooltip="Постановление Правительства РФ от 23.12.2021 N 2399 (ред. от 10.10.2023) &quot;Об Экспертном совете при Правительстве Российской Федерации&quot; (вместе с &quot;Положением об Экспертном совете при Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2399</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. Лица, которым право участия в заседаниях Правительства предоставлено Федеральным конституционным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId284" w:tooltip="Федеральный конституционный закон от 06.11.2020 N 4-ФКЗ &quot;О Правительстве Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О Правительстве Российской Федерации", другими актами законодательства Российской Федерации, принимают участие в заседаниях с предварительным (накануне дня заседания) уведомлением Заместителя Председателя Правительства - Руководителя Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId285" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.03.2008 N 221)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33. Лица, участвующие в заседаниях Правительства, регистрируются Аппаратом Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34. Заседание Правительства считается правомочным, если на нем присутствуют не менее половины членов Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопросы на заседании рассматриваются с обязательным участием федеральных министров, руководителей иных федеральных органов исполнительной власти, к сфере ведения которых относится рассматриваемый вопрос, или лиц, исполняющих их обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35. Председательствующим на заседаниях Правительства является Председатель Правительства. В его отсутствие заседание проводит один из заместителей Председателя Правительства по поручению Председателя Правительства. Заседания Правительства могут проходить под председательством Президента Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 35 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId286" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36. С докладами на заседаниях Правительства по вопросам его повестки выступают члены Правительства, руководители иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, либо лица, исполняющие их обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заместители федеральных министров, заместители руководителей иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, а также руководители (их заместители) иных федеральных органов исполнительной власти, находящихся в ведении федеральных министерств, члены Экспертного совета могут выступать с докладами на заседаниях Правительства по решению председательствующего на заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 25.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId287" w:tooltip="Постановление Правительства РФ от 25.07.2015 N 758 (ред. от 27.05.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 758</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 27.05.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId288" w:tooltip="Постановление Правительства РФ от 27.05.2019 N 669 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 669</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 31.10.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId289" w:tooltip="Постановление Правительства РФ от 31.10.2019 N 1398 (ред. от 23.12.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1398</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 23.12.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId290" w:tooltip="Постановление Правительства РФ от 23.12.2021 N 2399 (ред. от 10.10.2023) &quot;Об Экспертном совете при Правительстве Российской Федерации&quot; (вместе с &quot;Положением об Экспертном совете при Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2399</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. На заседаниях Правительства решения принимаются, как правило, общим согласием. На основании предложения члена Правительства по решению председательствующего может быть проведено голосование. В этом случае решение принимается большинством голосов присутствующих на заседании членов Правительства. При равенстве голосов решающим является голос председательствующего на заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38. По требованию члена Правительства или по решению председательствующего на заседании особое мнение члена Правительства по рассматриваемому вопросу может быть занесено в протокол заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">39. На заседании Правительства время для докладов устанавливается председательствующим, как правило, в пределах до 15 минут, для содокладов - до 10 минут, для выступлений в прениях - до 5 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40. При проведении закрытых заседаний Правительства (закрытого обсуждения отдельных вопросов) подготовка материалов, допуск на заседания, стенографирование, оформление протоколов и принимаемых актов осуществляются с соблюдением установленных правил работы с секретными документами и режима секретности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41. Аппарат Правительства в установленном порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) предоставляет средствам массовой информации сведения о вопросах и материалах, подлежащих рассмотрению на заседаниях Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) размещает на официальном сайте Правительства в сети Интернет сведения о вопросах и материалах, подлежащих рассмотрению на заседаниях Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) по окончании заседаний организует пресс-конференции (брифинги) членов Правительства по рассмотренным на заседаниях вопросам, обеспечивает информирование граждан через средства массовой информации и официальный сайт Правительства в сети Интернет о вопросах, рассмотренных на заседаниях, и о принятых по этим вопросам решениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 41 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId291" w:tooltip="Постановление Правительства РФ от 02.09.2009 N 713 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 02.09.2009 N 713)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">42. Присутствие представителей средств массовой информации и проведение кино-, видео- и фотосъемок, а также звукозаписи на заседаниях Правительства организуются в порядке, определяемом Заместителем Председателя Правительства - Руководителем Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId292" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.03.2008 N 221)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аппарат Правительства ведет стенографическую запись и обеспечивает аудиовидеозапись заседания. Аудиовидеозапись закрытых заседаний (закрытого обсуждения) не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участникам заседания и приглашенным лицам не разрешается приносить на заседание кино-, видео- и фотоаппаратуру, звукозаписывающие устройства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId293" w:tooltip="Постановление Правительства РФ от 06.09.2012 N 890 (ред. от 28.04.2021) &quot;О мерах по совершенствованию электронного документооборота в органах государственной власти&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 06.09.2012 N 890)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При рассмотрении вопросов, материалы по которым не содержат информации, доступ к которой ограничен федеральными </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId294" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, относящих сведения к категории ограниченного доступа&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, участники заседаний могут пользоваться средствами связи, подключенными к информационно-телекоммуникационным сетям, в том числе к информационно-телекоммуникационным сетям, доступ к которым не ограничен, с соблюдением установленных требований по обеспечению безопасности информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId295" w:tooltip="Постановление Правительства РФ от 06.09.2012 N 890 (ред. от 28.04.2021) &quot;О мерах по совершенствованию электронного документооборота в органах государственной власти&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 06.09.2012 N 890)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассмотрение вопросов, материалы по которым содержат </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId296" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, относящих сведения к категории ограниченного доступа&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">сведения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, составляющие государственную тайну, осуществляется с соблюдением требований, установленных законодательством Российской Федерации о государственной тайне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId297" w:tooltip="Постановление Правительства РФ от 06.09.2012 N 890 (ред. от 28.04.2021) &quot;О мерах по совершенствованию электронного документооборота в органах государственной власти&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 06.09.2012 N 890)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оформление решений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принятых на заседаниях Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">43. Решения, принятые на заседании Правительства, оформляются протоколом. Протокол заседания Правительства оформляется Аппаратом Правительства в течение 24 часов после окончания заседания и подписывается председательствовавшим на заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">44. В случае необходимости доработки проектов постановлений и распоряжений Правительства, иных рассмотренных на заседании актов, по которым высказаны предложения и замечания, Правительство дает поручения федеральным министерствам, иным федеральным органам исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство. Если срок доработки специально не оговаривается, то она осуществляется в срок до 10 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручения Правительства по другим вопросам, рассмотренным на его заседаниях, исполняются в сроки, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P284" w:tooltip="III. Порядок исполнения поручений,">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">разделом III</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45. Протоколы заседаний Правительства рассылаются в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, членам Правительства, а также органам, организациям и должностным лицам по списку, утверждаемому Заместителем Председателя Правительства - Руководителем Аппарата Правительства, в 2-дневный срок после заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 45 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId298" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="284" w:name="P284"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="1"/>
-      </w:pPr>
-[...96 lines deleted...]
-      <w:r>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">III. Порядок исполнения поручений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содержащихся в актах Правительства и протоколах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заседаний Правительства, а также поручений и указаний</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Президента Российской Федерации, поручений Председателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительства, заместителей Председателя Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId299" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2011 N 530)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="291" w:name="P291"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">46. С целью организации исполнения федеральных законов, указов и распоряжений Президента Российской Федерации, а также поручений и указаний Президента Российской Федерации Правительству издаются распоряжения Правительства, даются поручения Председателя Правительства и заместителей Председателя Правительства (в соответствии с распределением обязанностей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполнение поручений, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P291" w:tooltip="46. С целью организации исполнения федеральных законов, указов и распоряжений Президента Российской Федерации, а также поручений и указаний Президента Российской Федерации Правительству издаются распоряжения Правительства, даются поручения Председателя Правительства и заместителей Председателя Правительства (в соответствии с распределением обязанностей).">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаце первом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, а также поручений, содержащихся в актах Правительства, протоколах заседаний Правительства, координационных и совещательных органов Правительства, возглавляемых Председателем Правительства или одним из заместителей Председателя Правительства (в соответствии с распределением обязанностей), Заместителем Председателя Правительства - Руководителем Аппарата Правительства, поручений Председателя Правительства и его заместителей, в том числе содержащихся в протоколах проведенных ими совещаний и в резолюциях (далее - поручения), организуется федеральными министрами, руководителями федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, и руководителями исполнительных органов субъектов Российской Федерации, которым адресованы поручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId300" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2024 N 1578)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Правительства или его заместители определяют необходимость привлечения Экспертного совета к исполнению поручений, предусматривающих подготовку проектов законодательных актов, проектов актов Президента Российской Федерации, Правительства, государственных программ Российской Федерации и иных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214">
-[...27 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId301" w:tooltip="Постановление Правительства РФ от 25.07.2015 N 758 (ред. от 27.05.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 25.07.2015 N 758)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 46 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId302" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.08.2012 N 816)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">47. Доведение поручений до исполнителей и контроль их исполнения обеспечиваются Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, как правило, в 2-дневный срок, а срочных и оперативных поручений - незамедлительно, но не позднее чем в течение 12 часов с момента их подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId303" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручения, содержащиеся в актах Правительства, доводятся до исполнителей путем направления им копии акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручения, содержащиеся в протоколах заседаний Правительства, доводятся до исполнителей путем направления им протокола заседания или выписки из протокола заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId304" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2024 N 1578)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручения, содержащиеся в протоколах проводимых Председателем Правительства или заместителями Председателя Правительства (в соответствии с распределением обязанностей) совещаний и в резолюциях по рассмотренным ими документам, доводятся до исполнителей путем направления им протокола совещания, или выписки из него, или оформленной в установленном порядке резолюции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId305" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">48. В поручении, как правило, устанавливается срок (календарная дата) его исполнения, а если срок исполнения поручения превышает 1 месяц, - то и сроки представления докладов о ходе его исполнения. Если в качестве срока исполнения установлен период времени, началом его считается дата подписания поручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если в тексте поручения вместо даты исполнения или периода времени имеется указание "срочно", поручение подлежит исполнению в 3-дневный срок. Указание "оперативно" предусматривает 10-дневный срок исполнения поручения. В других случаях, если срок исполнения не указан, поручение подлежит исполнению в срок до 1 месяца (до соответствующего числа следующего месяца, а если в следующем месяце такого числа нет, то до последнего дня месяца), считая от даты подписания поручения. Если последний день срока исполнения поручения приходится на нерабочий день, оно подлежит исполнению в предшествующий ему рабочий день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId306" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.08.2012 N 816)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="307" w:name="P307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок исполнения поручений, содержащихся в актах Правительства, протоколах заседаний Правительства, координационных и совещательных органов Правительства, возглавляемых Председателем Правительства, поручений Председателя Правительства, содержащихся в протоколах проведенных им совещаний и в резолюциях, поручений Председателя Правительства, заместителей Председателя Правительства (в соответствии с распределением обязанностей) и Заместителя Председателя Правительства - Руководителя Аппарата Правительства, данных во исполнение поручений Правительству, содержащихся в указах и распоряжениях Президента Российской Федерации, а также во исполнение поручений и указаний Президента Российской Федерации Правительству, не продлевается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId307" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.08.2012 N 816)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При наличии обстоятельств, препятствующих исполнению в установленный срок поручений, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P307" w:tooltip="Срок исполнения поручений, содержащихся в актах Правительства, протоколах заседаний Правительства, координационных и совещательных органов Правительства, возглавляемых Председателем Правительства, поручений Председателя Правительства, содержащихся в протоколах проведенных им совещаний и в резолюциях, поручений Председателя Правительства, заместителей Председателя Правительства (в соответствии с распределением обязанностей) и Заместителя Председателя Правительства - Руководителя Аппарата Правительства, да...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаце третьем</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, головной исполнитель или равнозначные исполнители не позднее чем за 5 дней до истечения половины срока представляют в Правительство обоснованные предложения по корректировке срока исполнения. Если срок исполнения поручения превышает 2 месяца, предложения по его корректировке представляются в Правительство не позднее 30 дней со дня подписания поручения. Решение о корректировке срока исполнения поручения доводится в установленном порядке до головного исполнителя или равнозначных исполнителей в течение 3 дней со дня принятия этого решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 11.08.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId308" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 816</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 18.11.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId309" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1578</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О необходимости корректировки срока исполнения поручений на имя Президента Российской Федерации направляется доклад, который подписывается Председателем Правительства либо по его указанию одним из заместителей Председателя Правительства (в соответствии с распределением обязанностей) с информированием Председателя Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId310" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.08.2012 N 816)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок исполнения срочных поручений не продлевается и не корректируется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId311" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.08.2012 N 816)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предложения о корректировке сроков исполнения оперативных поручений могут направляться в Правительство в течение 1 рабочего дня со дня подписания поручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId312" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.08.2012 N 816)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="317" w:name="P317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">49. Если поручение, содержащееся в акте Правительства, протоколе заседания Правительства, координационного или совещательного органа Правительства, возглавляемого Председателем Правительства или одним из заместителей Председателя Правительства (в соответствии с распределением обязанностей), Заместителем Председателя Правительства - Руководителем Аппарата Правительства, либо поручение Председателя Правительства или его Заместителя, в том числе содержащееся в протоколе проведенного им совещания или резолюции, дано нескольким органам исполнительной власти, то орган исполнительной власти, обозначенный словом "созыв", является головным исполнителем указанного поручения, и руководитель органа исполнительной власти организует работу и несет персональную ответственность за его своевременное и надлежащее исполнение. Соисполнители представляют головному исполнителю предложения, подписанные руководителем соответствующего органа (его заместителем), в течение первой половины срока, отведенного на исполнение указанного поручения. Головной исполнитель определяет порядок согласования и подготовки итогового проекта документа. При необходимости исполнения указанного поручения в сжатые сроки (не более 10 дней) головной исполнитель организует его исполнение в оперативном порядке, для чего создает рабочие группы и проводит согласительные совещания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId313" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2024 N 1578)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При внесении документов головной исполнитель информирует Правительство о соисполнителях, не представивших предложения в установленный срок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId314" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.08.2012 N 816)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если поручение, указанное в абзаце первом настоящего пункта, дано нескольким органам исполнительной власти, при этом ни один из органов исполнительной власти не обозначен словом "созыв", то все указанные в поручении органы исполнительной власти являются равнозначными исполнителями, руководители органов исполнительной власти организуют работу и несут персональную ответственность за его своевременное и надлежащее исполнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId315" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2024 N 1578)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50. О результатах исполнения данного Президентом Российской Федерации Правительству поручения или указания Президенту Российской Федерации направляется соответствующий доклад, который подписывается Председателем Правительства либо по его указанию одним из заместителей Председателя Правительства (в соответствии с распределением обязанностей) с соответствующим информированием Председателя Правительства не позднее чем за 2 дня до установленного срока исполнения поручения или указания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId316" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 01.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId317" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 530</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId318" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если в результате исполнения поручения или указания Президента Российской Федерации в Государственную Думу Федерального Собрания Российской Федерации (далее - Государственная Дума) был внесен проект федерального закона либо был издан акт Президента Российской Федерации или Правительства, то вместо доклада на имя Президента Российской Федерации в Контрольное управление Президента Российской Федерации представляется информация об исполнении поручения или указания за подписью руководителя структурного подразделения Аппарата Правительства, ответственного за его исполнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId319" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2011 N 530; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId320" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Головной исполнитель или равнозначные исполнители поручения, данного во исполнение поручения или указания Президента Российской Федерации Правительству, представляют в Правительство доклад об исполнении поручения за 5 дней до истечения установленного Президентом Российской Федерации срока, если в поручении Председателя Правительства или Заместителя Председателя Правительства не указан иной срок, с приложением проекта доклада Президенту Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId321" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 01.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId322" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 530</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 18.11.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId323" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1578</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если Президентом Российской Федерации дано поручение или указание Председателю Правительства или Заместителю Председателя Правительства и одновременно руководителям федеральных органов исполнительной власти, то дополнительное поручение может не даваться, а доклад об исполнении с приложением проекта доклада Президенту Российской Федерации и иных необходимых материалов представляется в Правительство за 5 дней до истечения срока, установленного Президентом Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId324" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2011 N 530)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50(1). Утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId325" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.08.2012 N 816.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">51. В случае если Президентом Российской Федерации дано поручение или указание непосредственно федеральному министру или руководителю федерального органа исполнительной власти, руководство деятельностью которого осуществляет Правительство, либо если поручение или указание по вопросам, находящимся в ведении Правительства, дано федеральному министру или руководителю федерального органа исполнительной власти, руководство деятельностью которого осуществляет Президент Российской Федерации, федеральный министр или руководитель указанного органа докладывает Председателю Правительства одновременно с представлением Президенту Российской Федерации доклада об исполнении его поручения или указания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 51 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId326" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2011 N 530)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">52. В случае если поручение не выполнено в установленный срок, оно признается неисполненным и остается на контроле. Обязанность по его исполнению сохраняется за исполнителем (головным исполнителем или равнозначным исполнителем) поручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId327" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2024 N 1578)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполнитель (головной исполнитель или равнозначный исполнитель) поручения в течение 3 дней после истечения срока, данного на исполнение поручения, представляет в Правительство объяснение о состоянии исполнения поручения, причинах его неисполнения в установленный срок с указанием должностных лиц, на которых возложено исполнение поручения, и о мерах ответственности, принятых в отношении работников, виновных в неисполнении поручения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId328" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2024 N 1578)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заместитель Председателя Правительства - Руководитель Аппарата Правительства периодически информирует Председателя Правительства о состоянии исполнительской дисциплины в федеральных органах исполнительной власти, в том числе о несвоевременном исполнении поручений головными исполнителями, равнозначными исполнителями и соисполнителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId329" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2024 N 1578)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 52 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId330" w:tooltip="Постановление Правительства РФ от 11.08.2012 N 816 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.08.2012 N 816)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="342" w:name="P342"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IV. Порядок внесения в Правительство и рассмотрения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проектов актов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок внесения проектов актов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="347" w:name="P347"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">53. Проекты актов вносятся в Правительство с пояснительной запиской, содержащей информацию о соответствии проектов актов положениям </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId331" w:tooltip="&quot;Договор о Евразийском экономическом союзе&quot; (Подписан в г. Астане 29.05.2014) (ред. от 25.05.2023) (с изм. и доп., вступ. в силу с 24.06.2024) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Договора</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о Евразийском экономическом союзе, а также положениям иных международных договоров Российской Федерации, анализ правоприменительной практики, обусловившей необходимость изменения правового регулирования, прогнозы социально-экономических, финансовых и иных последствий реализации предлагаемых решений, в том числе для субъектов предпринимательской и иной экономической деятельности, а также сведения о государственной программе Российской Федерации, для реализации которой принимаются эти решения либо к сфере реализации которой они относятся, или сведения об отсутствии влияния предлагаемых решений на достижение целей государственных программ Российской Федерации. В пояснительную записку дополнительно подлежит включению следующая информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к проектам актов по вопросам заключения международных договоров Российской Федерации - согласованная с Министерством иностранных дел Российской Федерации и при необходимости с Министерством юстиции Российской Федерации информация о наличии в предлагаемых к заключению международных договорах Российской Федерации оснований для ратификации, установленных законодательством Российской Федерации, или об отсутствии таких оснований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к проектам федеральных законов по вопросам пересмотра установленных мер административной ответственности - данные, подтверждающие невозможность воздействия на противоправное поведение имеющимися средствами, включая статистические данные за 5 лет, предшествующих году внесения проекта федерального закона в Правительство, а также подтверждающие обоснованность выбора видов и размеров предлагаемых административных наказаний, в том числе с учетом требований соразмерности и индивидуализации административной ответственности, возможности исполнения наказаний лицами, в отношении которых предлагается установить административную ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к проектам федеральных законов по вопросам введения новых составов административных правонарушений - информация, указывающая на объект, защиту которого преследует проектируемое правовое регулирование, распространенность и значительность нарушений установленных федеральными законами и иными нормативными правовыми актами требований, статистические данные, свидетельствующие о неэффективности действующего правового регулирования, сведения о соответствии проектируемых норм нормам отраслевого законодательства, а также о нагрузке на должностных лиц, осуществляющих производство по делам об административных правонарушениях, и затратах, необходимых для осуществления производства по делам об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId332" w:tooltip="Постановление Правительства РФ от 11.03.2021 N 357 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.03.2021 N 357)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В пояснительной записке к проектам актов также указывается информация о наличии или отсутствии в проекте акта требований, которые связаны с осуществлением предпринимательской и иной экономической деятельности и оценка соблюдения которых осуществляется в рамках государственного контроля (надзора), муниципального контроля, привлечения к административной ответственности, предоставления лицензий и иных разрешений, аккредитации, оценки соответствия продукции, иных форм оценки и экспертизы (далее - обязательные требования), о соответствующем виде государственного контроля (надзора), виде разрешительной деятельности и предполагаемой ответственности за нарушение обязательных требований или последствиях их несоблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId333" w:tooltip="Постановление Правительства РФ от 11.03.2021 N 357 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.03.2021 N 357)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов, оказывающих влияние на доходы или расходы соответствующего бюджета бюджетной системы Российской Федерации, вносятся в Правительство с финансово-экономическим обоснованием решений, предлагаемых к принятию проектом акта, составленным в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P362" w:tooltip="53(1). Финансово-экономическое обоснование решений, предлагаемых к принятию проектом акта, представляет собой описание экономического эффекта от реализации проекта акта, основывается на содержащихся в пояснительной записке к проекту акта финансовом, экономическом и (или) статистическом анализе текущей ситуации по решениям, предлагаемым к принятию проектом акта, прогнозе экономических и иных последствий реализации таких решений, содержит оценку влияния (в том числе косвенного) реализации проекта акта на д...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 53(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P374" w:tooltip="53(2). Финансово-экономическое обоснование к проекту федерального закона, во исполнение которого предполагается принятие ряда актов Правительства, должно содержать в том числе расчеты расходов по осуществлению решений, предусмотренных этими проектами актов Правительства, за исключением случаев, когда проектом федерального закона предусмотрено право (не обязанность) Правительства принять акты Правительства, оказывающие влияние на доходы и расходы соответствующего бюджета бюджетной системы Российской Федер...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">53(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов, содержащих положения, которыми устанавливаются, изменяются или отменяются обязательные требования в соответствии с Федеральным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId334" w:tooltip="Федеральный закон от 31.07.2020 N 247-ФЗ (ред. от 28.02.2025) &quot;Об обязательных требованиях в Российской Федерации&quot; (с изм. и доп., вступ. в силу с 01.06.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об обязательных требованиях в Российской Федерации", вносятся в Правительство с протоколом заседания Правительственной комиссии по проведению административной реформы или ее подкомиссии, на котором рассмотрены проекты актов, за исключением проектов актов в области регулирования социально-трудовых отношений и связанных с ними экономических отношений, одобренных Российской трехсторонней комиссией по регулированию социально-трудовых отношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 11.03.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId335" w:tooltip="Постановление Правительства РФ от 11.03.2021 N 357 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 357</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 02.06.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId336" w:tooltip="Постановление Правительства РФ от 02.06.2022 N 1005 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1005</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов, на которые дано заключение об оценке регулирующего воздействия, содержащее вывод о наличии в проекте акта положений, способствующих возникновению дополнительных расходов бюджетов субъектов Российской Федерации и (или) местных бюджетов, а также снижению доходов бюджетов субъектов Российской Федерации и (или) местных бюджетов, вносятся в Правительство Российской Федерации с протоколом заседания Правительственной комиссии по региональному развитию в Российской Федерации и (или) ее президиума (штаба), на котором рассмотрены проекты актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId337" w:tooltip="Постановление Правительства РФ от 01.07.2021 N 1106 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2021 N 1106)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В сопроводительном письме указываются основание внесения проекта акта, установленный срок внесения проекта акта в Правительство, сведения о содержании и согласовании проекта, сведения об отсутствии в проекте коррупциогенных факторов, если проект вносится в Правительство Министром юстиции Российской Федерации или лицом, исполняющим его обязанности, а также излагается позиция вносящего проект члена Правительства или другого руководителя из числа лиц, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P148" w:tooltip="7. Проекты актов и другие документы, указанные в пункте 6 настоящего Регламента, могут вноситься на рассмотрение в Правительство членами Правительства, руководителями иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, или лицами, исполняющими их обязанности. Проекты заключений, официальных отзывов и поправок Правительства могут вноситься на рассмотрение в Правительство статс-секретарями - заместителями руководит...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пункте 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, в отношении предложений, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="Если в предложениях, направленных федеральными органами исполнительной власти или организациями в соответствии с абзацем пятым пункта 57 настоящего Регламента, содержатся возражения по проекту акта Правительства, указанные предложения направляются в Правительство одновременно с внесением соответствующего проекта акта в Правительство.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацем третьим пункта 59</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента (при их наличии). В случае проведения в отношении проекта нормативного правового акта педагогической и (или) обязательной метрологической экспертиз в сопроводительном письме также указываются сведения о результатах проведения указанных экспертиз. При внесении проекта федерального конституционного закона или федерального закона в Правительство в сопроводительном письме также указываются установленный срок его внесения в Государственную Думу, планируемые сроки его рассмотрения и принятия Государственной Думой. Письмо подписывается членом Правительства или другим руководителем из числа указанных лиц. Проект акта визируется лицом, вносящим проект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId338" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 53 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId339" w:tooltip="Постановление Правительства РФ от 14.09.2019 N 1200 (ред. от 14.02.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 14.09.2019 N 1200)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="362" w:name="P362"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">53(1). Финансово-экономическое обоснование решений, предлагаемых к принятию проектом акта, представляет собой описание экономического эффекта от реализации проекта акта, основывается на содержащихся в пояснительной записке к проекту акта финансовом, экономическом и (или) статистическом анализе текущей ситуации по решениям, предлагаемым к принятию проектом акта, прогнозе экономических и иных последствий реализации таких решений, содержит оценку влияния (в том числе косвенного) реализации проекта акта на доходы и расходы соответствующего бюджета бюджетной системы Российской Федерации, юридических и физических лиц, а также в зависимости от содержания проекта акта включает расчеты в денежном выражении (тыс. рублей):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) расходов соответствующего бюджета бюджетной системы Российской Федерации в связи с реализацией акта, прекращением (отменой) действия других актов с установлением объема финансового обеспечения, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бюджетных ассигнований с указанием направлений расходов (с их обоснованием) на реализацию решений, предлагаемых к принятию проектом акта, сведений об источниках финансового обеспечения в текущем финансовом году, в очередном финансовом году и плановом периоде, а также за пределами планового периода в случае, если срок реализации решений, предлагаемых к принятию проектом акта, выходит за пределы планового периода;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнительных расходов соответствующего бюджета бюджетной системы Российской Федерации на реализацию решений, предлагаемых к принятию проектом акта, с указанием источников их финансового обеспечения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) финансового обеспечения расходов из иных источников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) расходов юридических и физических лиц по исполнению решений, предлагаемых к принятию проектом акта (при реализации акта, прекращении (отмене) его действия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) доходов соответствующего бюджета бюджетной системы Российской Федерации в случае, если решения, предлагаемые к принятию проектом акта, повлекут сокращение (увеличение) доходов (расходов) соответствующего бюджета бюджетной системы Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д) увеличения (уменьшения) поступлений налогов, сборов (пошлин), иных обязательных платежей в соответствующий бюджет бюджетной системы Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) увеличения (уменьшения) доходов физических лиц при реализации решений, предлагаемых к принятию проектом акта (рассчитывается суммарно и в виде денежной суммы, процента роста (снижения) к среднему доходу);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж) дополнительных доходов юридических и физических лиц, которые будут получены в связи с реализацией решений, предлагаемых к принятию проектом акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId340" w:tooltip="Постановление Правительства РФ от 13.05.2017 N 566 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 13.05.2017 N 566)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 53(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId341" w:tooltip="Постановление Правительства РФ от 18.09.2013 N 819 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам финансово-экономического обоснования решений, предлагаемых к принятию проектом нормативного правового акта&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.09.2013 N 819)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="374" w:name="P374"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">53(2). Финансово-экономическое обоснование к проекту федерального закона, во исполнение которого предполагается принятие ряда актов Правительства, должно содержать в том числе расчеты расходов по осуществлению решений, предусмотренных этими проектами актов Правительства, за исключением случаев, когда проектом федерального закона предусмотрено право (не обязанность) Правительства принять акты Правительства, оказывающие влияние на доходы и расходы соответствующего бюджета бюджетной системы Российской Федерации, юридических и физических лиц, и (или) когда проект федерального закона не определяет конкретные решения, оказывающие влияние на указанные доходы и расходы и распространяющиеся на определенный круг юридических и физических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 53(2) в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId342" w:tooltip="Постановление Правительства РФ от 29.12.2015 N 1475 &quot;О внесении изменения в пункт 53(2) Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.12.2015 N 1475)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">54. В случае если подготавливаемый акт влечет за собой необходимость внесения изменений в другие акты, эти изменения включаются в проект подготавливаемого акта или представляются одновременно с ним в виде проекта отдельного акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если проекты актов содержат поручения, в них должен быть указан срок их исполнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">55. Утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId343" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">56. Утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId344" w:tooltip="Постановление Правительства РФ от 22.03.2017 N 322 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 22.03.2017 N 322.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="380" w:name="P380"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">57. Проекты актов Правительства до их внесения в Правительство подлежат согласованию с руководителями (их заместителями) федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство (не более чем с руководителями 3 органов), к сфере деятельности которых в основном относятся вопросы, содержащиеся в указанных проектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 25.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId345" w:tooltip="Постановление Правительства РФ от 25.07.2015 N 758 (ред. от 27.05.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 758</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId346" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Состав таких органов определяется руководителем федерального органа исполнительной власти, вносящим проект, или заместителями Председателя Правительства в соответствии с требованиями, установленными </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P380" w:tooltip="57. Проекты актов Правительства до их внесения в Правительство подлежат согласованию с руководителями (их заместителями) федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство (не более чем с руководителями 3 органов), к сфере деятельности которых в основном относятся вопросы, содержащиеся в указанных проектах.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацем первым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 04.10.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId347" w:tooltip="Постановление Правительства РФ от 04.10.2012 N 1013 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1013</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 14.09.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId348" w:tooltip="Постановление Правительства РФ от 14.09.2019 N 1200 (ред. от 14.02.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1200</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="384" w:name="P384"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председателем Правительства может быть установлен иной состав федеральных органов исполнительной власти, с руководителями (их заместителями) которых требуется обязательное согласование, а также могут быть запрошены письменные мнения членов Правительства по вопросам, вынесенным на рассмотрение Правительства без созыва заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId349" w:tooltip="Постановление Правительства РФ от 22.07.2016 N 708 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 22.07.2016 N 708)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="386" w:name="P386"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При необходимости по решению руководителя федерального органа исполнительной власти, вносящего проект, а также Председателя Правительства или заместителей Председателя Правительства проекты актов Правительства до их внесения в Правительство могут направляться в иные заинтересованные федеральные органы исполнительной власти и организации, с руководителями (их заместителями) которых не требуется обязательное согласование проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId350" w:tooltip="Постановление Правительства РФ от 04.10.2012 N 1013 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 04.10.2012 N 1013)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="388" w:name="P388"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предложения по результатам рассмотрения проектов актов Правительства федеральными органами исполнительной власти и организациями, указанными в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P386" w:tooltip="При необходимости по решению руководителя федерального органа исполнительной власти, вносящего проект, а также Председателя Правительства или заместителей Председателя Правительства проекты актов Правительства до их внесения в Правительство могут направляться в иные заинтересованные федеральные органы исполнительной власти и организации, с руководителями (их заместителями) которых не требуется обязательное согласование проекта.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаце четвертом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, направляются до истечения половины срока, установленного для их согласования, в федеральный орган исполнительной власти, руководитель которого вносит проект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId351" w:tooltip="Постановление Правительства РФ от 04.10.2012 N 1013 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 04.10.2012 N 1013)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положения настоящего пункта не распространяются на проекты актов Правительства об отмене или о приостановлении действия нормативных правовых актов федеральных органов исполнительной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId352" w:tooltip="Постановление Правительства РФ от 07.07.2006 N 418 (ред. от 14.02.2023) &quot;О некоторых мерах по реализации указа Президента Российской Федерации от 13 октября 2004 г. N 1313 &quot;Вопросы Министерства юстиции Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.07.2006 N 418; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId353" w:tooltip="Постановление Правительства РФ от 14.09.2019 N 1200 (ред. от 14.02.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 14.09.2019 N 1200)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласование проектов актов, подготавливаемых в рамках реализации федеральных проектов, осуществляется с учетом особенностей, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId354" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 02.08.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об организации проектной деятельности в Правительстве, утверждаемом Правительством. Согласование проектов актов, подготавливаемых в рамках реализации национальной </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId355" w:tooltip="&quot;Паспорт национального проекта &quot;Национальная программа &quot;Цифровая экономика Российской Федерации&quot; (утв. президиумом Совета при Президенте РФ по стратегическому развитию и национальным проектам, протокол от 04.06.2019 N 7) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">программы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Цифровая экономика Российской Федерации", осуществляется с учетом особенностей, устанавливаемых </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId356" w:tooltip="Постановление Правительства РФ от 02.03.2019 N 234 (ред. от 01.08.2024) &quot;О системе управления реализацией национальной программы &quot;Цифровая экономика Российской Федерации&quot; (вместе с &quot;Положением о системе управления реализацией национальной программы &quot;Цифровая экономика Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о системе управления реализацией национальной программы "Цифровая экономика Российской Федерации", утверждаемым Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId357" w:tooltip="Постановление Правительства РФ от 15.10.2016 N 1050 (ред. от 03.10.2018) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) ------------ Утратил силу или отменен {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.10.2016 N 1050; в ред. Постановлений Правительства РФ от 31.10.2018 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId358" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 02.08.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1288</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 02.03.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId359" w:tooltip="Постановление Правительства РФ от 02.03.2019 N 234 (ред. от 01.08.2024) &quot;О системе управления реализацией национальной программы &quot;Цифровая экономика Российской Федерации&quot; (вместе с &quot;Положением о системе управления реализацией национальной программы &quot;Цифровая экономика Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 234</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласование проектов федеральных законов осуществляется одновременно с проведением процедур общественного обсуждения, оценки регулирующего воздействия, независимой антикоррупционной экспертизы при условии их размещения в сети Интернет, направлением на заключение в Экспертный совет и обсуждением общественно значимых из них с общественными советами при федеральных органах исполнительной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId360" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.07.2017 N 813)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">58. Ответственность за проведение согласований возлагается на вносящего в Правительство проект акта Правительства члена Правительства или другого руководителя из числа лиц, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P148" w:tooltip="7. Проекты актов и другие документы, указанные в пункте 6 настоящего Регламента, могут вноситься на рассмотрение в Правительство членами Правительства, руководителями иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, или лицами, исполняющими их обязанности. Проекты заключений, официальных отзывов и поправок Правительства могут вноситься на рассмотрение в Правительство статс-секретарями - заместителями руководит...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пункте 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента. Направленные на согласование проекты актов рассматриваются руководителями (заместителями руководителей) органов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P380" w:tooltip="57. Проекты актов Правительства до их внесения в Правительство подлежат согласованию с руководителями (их заместителями) федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство (не более чем с руководителями 3 органов), к сфере деятельности которых в основном относятся вопросы, содержащиеся в указанных проектах.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацах первом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P384" w:tooltip="Председателем Правительства может быть установлен иной состав федеральных органов исполнительной власти, с руководителями (их заместителями) которых требуется обязательное согласование, а также могут быть запрошены письменные мнения членов Правительства по вопросам, вынесенным на рассмотрение Правительства без созыва заседания.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">третьем пункта 57</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента (далее - согласующие органы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае отсутствия возражений в федеральный орган исполнительной власти, вносящий проект акта, направляется письмо о согласовании, подписанное руководителем (заместителем руководителя) согласующего органа с использованием усиленной квалифицированной электронной подписи, с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При наличии возражений в федеральный орган исполнительной власти, вносящий проект акта, направляются замечания, подписанные руководителем (заместителем руководителя) согласующего органа с использованием усиленной квалифицированной электронной подписи, с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов согласовываются не более чем в 10-дневный срок с даты их поступления на согласование, а проекты актов, подготавливаемые в рамках реализации национальных проектов, - не более чем в 3-дневный срок с даты их поступления на согласование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 58 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId361" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">58(1). В случае непредставления в 10-дневный срок позиции согласующим органом в отношении направленного на согласование проекта акта, содержащего положения, которыми устанавливаются, изменяются или отменяются обязательные требования, проект акта считается согласованным и может быть внесен в Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 58(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId362" w:tooltip="Постановление Правительства РФ от 07.05.2020 N 640 (ред. от 18.03.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу абзаца четвертого подпункта &quot;б&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.05.2020 N 640; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId363" w:tooltip="Постановление Правительства РФ от 11.03.2021 N 357 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.03.2021 N 357)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">58(2). Утратил силу с 1 октября 2023 года. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId364" w:tooltip="Постановление Правительства РФ от 30.03.2023 N 505 &quot;О внесении изменения в Регламент Правительства Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.03.2023 N 505.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">58(3). В случае непредставления согласующим органом в 10-дневный срок позиции в отношении направленного на согласование проекта акта, необходимого для реализации федерального закона, проект акта считается согласованным и может быть внесен в Правительство (далее - процедура "автосогласования").</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положения настоящего пункта не распространяются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на проекты актов по вопросам заключения международных договоров Российской Федерации, обороны и безопасности государства, особых экономических зон, территорий опережающего развития, интеграции Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области в правовую систему Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на проекты актов, оказывающих влияние на доходы или расходы соответствующего бюджета бюджетной системы Российской Федерации, в части согласования с Министерством финансов Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на проекты актов, вносимые в Правительство Министерством иностранных дел Российской Федерации, Министерством обороны Российской Федерации, Службой внешней разведки Российской Федерации, Федеральной службой безопасности Российской Федерации, Федеральной службой войск национальной гвардии Российской Федерации, Федеральной службой охраны Российской Федерации, Федеральной службой по техническому и экспортному контролю, Главным управлением специальных программ Президента Российской Федерации, а также на проекты актов в части согласования с указанными федеральными органами исполнительной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При представлении проекта акта в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P421" w:tooltip="60. Проекты федеральных законов, указов Президента Российской Федерации нормативного характера и актов Правительства, имеющих нормативный характер (проектов постановлений Правительства), после их согласования в соответствии с пунктами 57 - 59 настоящего Регламента, проведения оценки регулирующего воздействия в случаях, предусмотренных пунктом 60(1) настоящего Регламента, и при условии их размещения в сети Интернет в целях обеспечения возможности проведения независимой антикоррупционной экспертизы в устан...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 60</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента в Министерство юстиции Российской Федерации в случае его согласования с применением процедуры "автосогласования" в сопроводительном письме дополнительно отражается информация о непредставлении в установленный срок позиции соисполнителя и применении процедуры "автосогласования", а также указываются реквизиты письма, которым проект акта был направлен на согласование (посредством системы межведомственного электронного документооборота).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае внесения в Правительство проекта акта с применением процедуры "автосогласования" федеральный орган исполнительной власти, ответственный за разработку такого проекта акта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уведомляет соисполнителя, не представившего позицию в установленный срок, о применении процедуры "автосогласования";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в сопроводительном письме дополнительно отражает информацию о непредставлении в установленный срок позиции соисполнителя и применении процедуры "автосогласования", а также указывает реквизиты письма, которым проект акта был направлен на согласование (посредством системы межведомственного электронного документооборота).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если соисполнитель, позиция которого не поступила в установленный срок и не была учтена в проекте акта, представил в Правительство замечания по проекту акта концептуального характера после внесения проекта акта в Правительство, руководитель структурного подразделения Аппарата Правительства вправе представить доклад Заместителю Председателя Правительства (в соответствии с распределением обязанностей) для принятия решения о целесообразности их учета и возврате внесенного в Правительство с применением процедуры "автосогласования" проекта акта для доработки в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 58(3) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId365" w:tooltip="Постановление Правительства РФ от 13.10.2023 N 1694 &quot;О внесении изменения в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 13.10.2023 N 1694)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="415" w:name="P415"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">59. При наличии разногласий по проекту акта Правительства, в том числе выявленных по результатам проведения оценки регулирующего воздействия, вносящий проект член Правительства или другой руководитель из числа лиц, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P148" w:tooltip="7. Проекты актов и другие документы, указанные в пункте 6 настоящего Регламента, могут вноситься на рассмотрение в Правительство членами Правительства, руководителями иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, или лицами, исполняющими их обязанности. Проекты заключений, официальных отзывов и поправок Правительства могут вноситься на рассмотрение в Правительство статс-секретарями - заместителями руководит...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пункте 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, должен обеспечить обсуждение его с руководителями согласующих органов или по указанию руководителей с их заместителями с целью поиска взаимоприемлемого решения. Проект акта Правительства может быть внесен в Правительство с разногласиями только вместе с протоколом согласительного совещания и замечаниями, подписанными с использованием усиленной квалифицированной электронной подписи соответствующими руководителями или по указанию руководителей их заместителями, имеющими разногласия, и направленными в федеральный орган исполнительной власти, вносящий проект акта, с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId366" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае неполучения протокола согласительного совещания, подписанного руководителями (заместителями руководителей) согласующих органов, в 5-дневный срок с даты поступления в согласующий орган указанного протокола проект акта может быть внесен в Правительство с протоколом согласительного совещания без подписей руководителей (заместителей руководителей) согласующих органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId367" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="419" w:name="P419"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если в предложениях, направленных федеральными органами исполнительной власти или организациями в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P388" w:tooltip="Предложения по результатам рассмотрения проектов актов Правительства федеральными органами исполнительной власти и организациями, указанными в абзаце четвертом настоящего пункта, направляются до истечения половины срока, установленного для их согласования, в федеральный орган исполнительной власти, руководитель которого вносит проект.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацем пятым пункта 57</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, содержатся возражения по проекту акта Правительства, указанные предложения направляются в Правительство одновременно с внесением соответствующего проекта акта в Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 59 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId368" w:tooltip="Постановление Правительства РФ от 25.07.2015 N 758 (ред. от 27.05.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 25.07.2015 N 758)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="421" w:name="P421"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60. Проекты федеральных законов, указов Президента Российской Федерации нормативного характера и актов Правительства, имеющих нормативный характер (проектов постановлений Правительства), после их согласования в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P380" w:tooltip="57. Проекты актов Правительства до их внесения в Правительство подлежат согласованию с руководителями (их заместителями) федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство (не более чем с руководителями 3 органов), к сфере деятельности которых в основном относятся вопросы, содержащиеся в указанных проектах.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 57</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P415" w:tooltip="59. При наличии разногласий по проекту акта Правительства, в том числе выявленных по результатам проведения оценки регулирующего воздействия, вносящий проект член Правительства или другой руководитель из числа лиц, указанных в пункте 7 настоящего Регламента, должен обеспечить обсуждение его с руководителями согласующих органов или по указанию руководителей с их заместителями с целью поиска взаимоприемлемого решения. Проект акта Правительства может быть внесен в Правительство с разногласиями только вместе...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">59</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, проведения оценки регулирующего воздействия в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P433" w:tooltip="60(1). Проекты нормативных правовых актов в сфере предпринимательской и иной экономической деятельности, содержащие обязательные требования, а также проекты нормативных правовых актов, регулирующих отношения в области организации и осуществления государственного контроля (надзора), отношения по взиманию налогов и сборов в Российской Федерации, отношения, возникающие в процессе осуществления налогового контроля, обжалования актов налоговых органов, действий (бездействия) их должностных лиц, отношения в об...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 60(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, и при условии их размещения в сети Интернет в целях обеспечения возможности проведения независимой антикоррупционной экспертизы в установленном порядке до внесения в Правительство направляются с приложением пояснительной записки, подготовленной в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P347" w:tooltip="53. Проекты актов вносятся в Правительство с пояснительной запиской, содержащей информацию о соответствии проектов актов положениям Договора о Евразийском экономическом союзе, а также положениям иных международных договоров Российской Федерации, анализ правоприменительной практики, обусловившей необходимость изменения правового регулирования, прогнозы социально-экономических, финансовых и иных последствий реализации предлагаемых решений, в том числе для субъектов предпринимательской и иной экономической ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, заключений по результатам независимой антикоррупционной экспертизы (при их наличии), заключений по итогам проведения оценки регулирующего воздействия (в установленных случаях), протоколов согласительных совещаний (при их наличии) и замечаний (при их наличии) на правовую экспертизу и антикоррупционную экспертизу для оценки проекта акта на предмет его соответствия актам более высокой юридической силы, в том числе на предмет соответствия проекта акта </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId369" w:tooltip="&quot;Договор о Евразийском экономическом союзе&quot; (Подписан в г. Астане 29.05.2014) (ред. от 25.05.2023) (с изм. и доп., вступ. в силу с 24.06.2024) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Договору</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о Евразийском экономическом союзе, правовой определенности и системности вводимого регулирования, отсутствия внутренних противоречий и пробелов в правовом регулировании соответствующих отношений и соблюдения правил юридической техники, а также наличия либо отсутствия в нем коррупциогенных факторов. По результатам указанных экспертиз Министерство юстиции Российской Федерации дает соответствующее заключение, в котором также может быть отражена информация о результатах мониторинга правоприменения изменяемых норм.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId370" w:tooltip="Постановление Правительства РФ от 14.09.2019 N 1200 (ред. от 14.02.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 14.09.2019 N 1200)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="423" w:name="P423"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов, оказывающих влияние на доходы или расходы соответствующего бюджета бюджетной системы Российской Федерации, направляются на заключение в Министерство финансов Российской Федерации с приложением протоколов согласительных совещаний (при их наличии), замечаний, а также финансово-экономического обоснования решений, предлагаемых к принятию проектом акта, составленным в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P362" w:tooltip="53(1). Финансово-экономическое обоснование решений, предлагаемых к принятию проектом акта, представляет собой описание экономического эффекта от реализации проекта акта, основывается на содержащихся в пояснительной записке к проекту акта финансовом, экономическом и (или) статистическом анализе текущей ситуации по решениям, предлагаемым к принятию проектом акта, прогнозе экономических и иных последствий реализации таких решений, содержит оценку влияния (в том числе косвенного) реализации проекта акта на д...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 53(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P374" w:tooltip="53(2). Финансово-экономическое обоснование к проекту федерального закона, во исполнение которого предполагается принятие ряда актов Правительства, должно содержать в том числе расчеты расходов по осуществлению решений, предусмотренных этими проектами актов Правительства, за исключением случаев, когда проектом федерального закона предусмотрено право (не обязанность) Правительства принять акты Правительства, оказывающие влияние на доходы и расходы соответствующего бюджета бюджетной системы Российской Федер...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">53(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, по </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId371" w:tooltip="Приказ Минфина России от 10.05.2023 N 65н &quot;Об утверждении формы финансово-экономического обоснования решений, предлагаемых к принятию проектом акта&quot; (Зарегистрировано в Минюсте России 23.08.2023 N 74930) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">форме</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, устанавливаемой Министерством финансов Российской Федерации по согласованию с Министерством экономического развития Российской Федерации и заполняемой в определенном Министерством финансов Российской Федерации порядке. В заключении Министерство финансов Российской Федерации дает оценку финансовых последствий принятия соответствующих решений для указанных бюджетов и внебюджетных фондов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2009 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId372" w:tooltip="Постановление Правительства РФ от 30.11.2009 N 967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 967</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 18.09.2013 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId373" w:tooltip="Постановление Правительства РФ от 18.09.2013 N 819 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам финансово-экономического обоснования решений, предлагаемых к принятию проектом нормативного правового акта&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 819</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 15.11.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId374" w:tooltip="Постановление Правительства РФ от 15.11.2024 N 1557 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1557</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="425" w:name="P425"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если в проекте акта содержатся положения, которыми устанавливаются, изменяются, передаются, исключаются или изымаются полномочия, в том числе отдельные функции, права и обязанности, подлежащие осуществлению органами государственной власти субъектов Российской Федерации и (или) органами местного самоуправления, Министерством юстиции Российской Федерации и Министерством финансов Российской Федерации в заключениях, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P421" w:tooltip="60. Проекты федеральных законов, указов Президента Российской Федерации нормативного характера и актов Правительства, имеющих нормативный характер (проектов постановлений Правительства), после их согласования в соответствии с пунктами 57 - 59 настоящего Регламента, проведения оценки регулирующего воздействия в случаях, предусмотренных пунктом 60(1) настоящего Регламента, и при условии их размещения в сети Интернет в целях обеспечения возможности проведения независимой антикоррупционной экспертизы в устан...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацами первым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P423" w:tooltip="Проекты актов, оказывающих влияние на доходы или расходы соответствующего бюджета бюджетной системы Российской Федерации, направляются на заключение в Министерство финансов Российской Федерации с приложением протоколов согласительных совещаний (при их наличии), замечаний, а также финансово-экономического обоснования решений, предлагаемых к принятию проектом акта, составленным в соответствии с пунктами 53(1) и 53(2) настоящего Регламента, по форме, устанавливаемой Министерством финансов Российской Федерац...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">вторым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, даются соответственно оценка проекта акта на предмет наличия или отсутствия в нем иного правового регулирования отношений, связанных с установлением, изменением, передачей, исключением или изъятием полномочий, в том числе отдельных функций, прав и обязанностей, подлежащих осуществлению органами государственной власти субъектов Российской Федерации и (или) органами местного самоуправления, чем это предусмотрено федеральными законами, устанавливающими общие принципы организации законодательных (представительных) и исполнительных органов государственной власти субъектов Российской Федерации и общие принципы организации местного самоуправления в Российской Федерации, и оценка финансовых последствий принятия соответствующих решений для соответствующих бюджетов бюджетной системы Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId375" w:tooltip="Постановление Правительства РФ от 22.03.2017 N 322 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 22.03.2017 N 322)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="427" w:name="P427"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов, регулирующих отношения субъектов предпринимательской деятельности или их отношения с государством, а также оказывающих влияние на макроэкономические показатели развития страны, направляются с приложением протоколов согласительных совещаний (при их наличии) и замечаний на заключение в Министерство экономического развития Российской Федерации. Министерство экономического развития Российской Федерации в заключении дает оценку влияния соответствующих решений на макроэкономические показатели и их последствий для субъектов предпринимательской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId376" w:tooltip="Постановление Правительства РФ от 30.11.2009 N 967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2009 N 967)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заключения создаются в виде электронных документов (за исключением случаев, когда заключения содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются соответствующими федеральными министрами или их заместителями с использованием усиленной квалифицированной электронной подписи и не позднее 7 рабочих дней с даты поступления проектов актов направляются в федеральный орган исполнительной власти, вносящий проект акта, с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента. По договоренности между соответствующими руководителями или по указанию руководителей их заместителями может быть установлен иной срок подготовки заключений, который для наиболее объемных и сложных проектов актов не может превышать 30 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId377" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов, подготовленные на основании поручений или указаний Президента Российской Федерации или поручений Председателя Правительства, в которых содержится прямое указание на необходимость их разработки в сжатые сроки (не более 10 дней), направляются для выполнения процедур, предусмотренных настоящим пунктом, а также </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="60(2). Проекты актов, предусматривающих мероприятия по использованию информационно-коммуникационных технологий, созданию, развитию, эксплуатации информационных систем и информационно-коммуникационной инфраструктуры (далее - мероприятия по информатизации), направляются в Министерство цифрового развития, связи и массовых коммуникаций Российской Федерации на заключение, в котором дается оценка целесообразности проведения мероприятий по информатизации и (или) их финансирования.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 60(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P455" w:tooltip="60(4). Проекты федеральных законов о федеральном бюджете и бюджетах государственных внебюджетных фондов Российской Федерации на очередной финансовый год и плановый период (о внесении изменений в федеральный закон о федеральном бюджете и бюджетах государственных внебюджетных фондов Российской Федерации на текущий финансовый год и плановый период), проекты нормативных правовых актов, касающихся расходных обязательств Российской Федерации, федеральных законов, приводящих к изменению доходов федерального бюд...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">60(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, одновременно с направлением на согласование. При этом сроки проведения экспертиз и согласования не должны превышать половины срока, установленного поручением или указанием Президента Российской Федерации или поручением Председателя Правительства Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId378" w:tooltip="Постановление Правительства РФ от 30.01.2015 N 83 (ред. от 29.05.2023) &quot;О проведении оценки фактического воздействия нормативных правовых актов, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения оценки фактического воздействия нормативных правовых актов&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.01.2015 N 83)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...15 lines deleted...]
-      <w:r>
+    <w:bookmarkStart w:id="433" w:name="P433"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60(1). Проекты нормативных правовых актов в сфере предпринимательской и иной экономической деятельности, содержащие обязательные требования, а также проекты нормативных правовых актов, регулирующих отношения в области организации и осуществления государственного контроля (надзора), отношения по взиманию налогов и сборов в Российской Федерации, отношения, возникающие в процессе осуществления налогового контроля, обжалования актов налоговых органов, действий (бездействия) их должностных лиц, отношения в области создания, реорганизации и ликвидации юридических лиц и осуществления ими своей деятельности, отношения в области установления, применения и исполнения обязательных требований к продукции или связанным с ними процессам проектирования (включая изыскания), производства, строительства, монтажа, наладки, эксплуатации, хранения, перевозки, реализации и утилизации, к выполнению работ и оказанию услуг, в области порядка и правил регулирования таможенного дела в Российской Федерации, в области оценки соответствия, в области безопасности процессов производства, а также в области применения мер ответственности за нарушения законодательства Российской Федерации в указанных сферах, проекты актов, устанавливающие требования к осуществлению полномочий органов государственной власти субъектов Российской Федерации по предметам совместного ведения Российской Федерации и субъектов Российской Федерации и осуществлению полномочий органов местного самоуправления, подлежат оценке регулирующего воздействия, которая проводится федеральными органами исполнительной власти в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId379" w:tooltip="Постановление Правительства РФ от 17.12.2012 N 1318 (ред. от 13.07.2024) &quot;О порядке проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евразийской экономической комиссии, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евр {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, определяемом Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 26.12.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId380" w:tooltip="Постановление Правительства РФ от 26.12.2020 N 2286 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2286</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 11.03.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId381" w:tooltip="Постановление Правительства РФ от 11.03.2021 N 357 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 357</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 01.07.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId382" w:tooltip="Постановление Правительства РФ от 01.07.2021 N 1106 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1106</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов, указанные в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P433" w:tooltip="60(1). Проекты нормативных правовых актов в сфере предпринимательской и иной экономической деятельности, содержащие обязательные требования, а также проекты нормативных правовых актов, регулирующих отношения в области организации и осуществления государственного контроля (надзора), отношения по взиманию налогов и сборов в Российской Федерации, отношения, возникающие в процессе осуществления налогового контроля, обжалования актов налоговых органов, действий (бездействия) их должностных лиц, отношения в об...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаце первом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, вносятся в Правительство с заключением об оценке регулирующего воздействия, подготовленным Министерством экономического развития Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 60(1) в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId383" w:tooltip="Постановление Правительства РФ от 17.12.2012 N 1318 (ред. от 13.07.2024) &quot;О порядке проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евразийской экономической комиссии, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евр {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 17.12.2012 N 1318)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="437" w:name="P437"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60(2). Проекты актов, предусматривающих мероприятия по использованию информационно-коммуникационных технологий, созданию, развитию, эксплуатации информационных систем и информационно-коммуникационной инфраструктуры (далее - мероприятия по информатизации), направляются в Министерство цифрового развития, связи и массовых коммуникаций Российской Федерации на заключение, в котором дается оценка целесообразности проведения мероприятий по информатизации и (или) их финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 05.05.2016 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId384" w:tooltip="Постановление Правительства РФ от 05.05.2016 N 392 &quot;О приоритетных направлениях использования и развития информационно-коммуникационных технологий в федеральных органах исполнительной власти и органах управления государственными внебюджетными фондами и о внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 392</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 25.09.2018 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId385" w:tooltip="Постановление Правительства РФ от 25.09.2018 N 1138 (ред. от 16.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1138</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К проекту акта, направляемому на заключение об оценке целесообразности проведения мероприятий по информатизации и (или) их финансирования в Министерство цифрового развития, связи и массовых коммуникаций Российской Федерации, прилагается технико-экономическое обоснование, содержащее необходимые расчеты, обоснования, перечень мероприятий по информатизации, описание ожидаемых конечных результатов мероприятий по информатизации, информацию о соответствии указанных мероприятий по информатизации документам стратегического планирования Российской Федерации и информацию о включении мероприятия по информатизации в ведомственную программу цифровой трансформации, а в случае, если мероприятия по информатизации направлены на создание или развитие государственных информационных систем, также прилагается проект концепции создания соответствующей государственной информационной системы, предусмотренной </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId386" w:tooltip="Постановление Правительства РФ от 06.07.2015 N 676 (ред. от 18.03.2025) &quot;О требованиях к порядку создания, развития, ввода в эксплуатацию, эксплуатации и вывода из эксплуатации государственных информационных систем и дальнейшего хранения содержащейся в их базах данных информации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">требованиями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к порядку создания, развития, ввода в эксплуатацию, эксплуатации и вывода из эксплуатации государственных информационных систем и дальнейшего хранения содержащейся в их базах данных информации, утвержденными постановлением Правительства Российской Федерации от 6 июля 2015 г. N 676 "О требованиях к порядку создания, развития, ввода в эксплуатацию, эксплуатации и вывода из эксплуатации государственных информационных систем и дальнейшего хранения содержащейся в их базах данных информации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId387" w:tooltip="Постановление Правительства РФ от 10.10.2020 N 1646 (ред. от 09.06.2025) &quot;О мерах по обеспечению эффективности мероприятий по использованию информационно-коммуникационных технологий, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета и бюджетов государственных внебюджетных фондов&quot; (вместе с &quot;Положением о формировании и ведении реестра ИТ-расходов на создание, развитие, ввод в эксплуатацию, эксплуатацию и вывод из эксплуатации ИТ-активов, финансовое  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.10.2020 N 1646)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заключение об оценке целесообразности проведения мероприятий по информатизации и (или) их финансирования подготавливается в 20-дневный срок с даты поступления проекта акта на заключение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заключение об оценке целесообразности проведения мероприятий по информатизации и (или) их финансирования создается в виде электронного документа (за исключением случаев, когда заключение содержит сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписывается уполномоченным должностным лицом Министерства цифрового развития, связи и массовых коммуникаций Российской Федерации с использованием усиленной квалифицированной электронной подписи и направляется с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId388" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 60(2) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId389" w:tooltip="Постановление Правительства РФ от 25.04.2012 N 394 (ред. от 01.07.2024) &quot;О мерах по совершенствованию использования информационно-коммуникационных технологий в деятельности государственных органов&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 25.04.2012 N 394)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60(2.1). Проекты актов и иные документы, подготовка которых осуществляется с привлечением Экспертного совета, направляются в Экспертный совет на заключение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заключение Экспертного совета подписывается координатором Экспертного совета либо уполномоченным им членом Экспертного совета и направляется в течение 10 дней с даты поступления проекта акта или иного документа в Экспертный совет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 27.05.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId390" w:tooltip="Постановление Правительства РФ от 27.05.2019 N 669 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 669</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 31.10.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId391" w:tooltip="Постановление Правительства РФ от 31.10.2019 N 1398 (ред. от 23.12.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1398</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.04.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId392" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 666</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 23.12.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId393" w:tooltip="Постановление Правительства РФ от 23.12.2021 N 2399 (ред. от 10.10.2023) &quot;Об Экспертном совете при Правительстве Российской Федерации&quot; (вместе с &quot;Положением об Экспертном совете при Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2399</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов и иные документы, подготовка которых осуществляется с привлечением Экспертного совета, вносятся в Правительство с заключением Экспертного совета. При наличии замечаний по проекту акта в заключении Экспертного совета руководитель федерального органа исполнительной власти, вносящий проект акта (или его заместитель), обеспечивает его обсуждение с участвовавшими в подготовке указанного заключения членами Экспертного совета с целью поиска взаимоприемлемого решения. При сохранении разногласий в сопроводительном письме о внесении проекта акта в Правительство отражается позиция федерального органа исполнительной власти по неучтенным замечаниям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 27.05.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId394" w:tooltip="Постановление Правительства РФ от 27.05.2019 N 669 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 669</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 31.10.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId395" w:tooltip="Постановление Правительства РФ от 31.10.2019 N 1398 (ред. от 23.12.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1398</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 23.12.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId396" w:tooltip="Постановление Правительства РФ от 23.12.2021 N 2399 (ред. от 10.10.2023) &quot;Об Экспертном совете при Правительстве Российской Федерации&quot; (вместе с &quot;Положением об Экспертном совете при Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2399</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абзац утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId397" w:tooltip="Постановление Правительства РФ от 27.05.2019 N 669 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 27.05.2019 N 669.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект акта или иной документ, подготовка которого осуществляется с привлечением Экспертного совета, может быть внесен в Правительство без заключения Экспертного совета в случае, если заключение Экспертного совета не поступило в федеральный орган исполнительной власти в срок, определенный настоящим пунктом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 60(2.1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId398" w:tooltip="Постановление Правительства РФ от 25.07.2015 N 758 (ред. от 27.05.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 25.07.2015 N 758)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60(3). Проекты федеральных законов, указов Президента Российской Федерации нормативного характера и постановлений Правительства, подготовленные в Аппарате Правительства, направляются в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, в Министерство юстиции Российской Федерации на правовую экспертизу и антикоррупционную экспертизу Заместителем Председателя Правительства - Руководителем Аппарата Правительства или его заместителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 60(3) в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId399" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="455" w:name="P455"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60(4). Проекты федеральных законов о федеральном бюджете и бюджетах государственных внебюджетных фондов Российской Федерации на очередной финансовый год и плановый период (о внесении изменений в федеральный закон о федеральном бюджете и бюджетах государственных внебюджетных фондов Российской Федерации на текущий финансовый год и плановый период), проекты нормативных правовых актов, касающихся расходных обязательств Российской Федерации, федеральных законов, приводящих к изменению доходов федерального бюджета и бюджетов государственных внебюджетных фондов Российской Федерации, государственных программ Российской Федерации, а также проекты международных договоров Российской Федерации, влекущих правовые последствия для федерального бюджета, после их согласования в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P380" w:tooltip="57. Проекты актов Правительства до их внесения в Правительство подлежат согласованию с руководителями (их заместителями) федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство (не более чем с руководителями 3 органов), к сфере деятельности которых в основном относятся вопросы, содержащиеся в указанных проектах.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 57</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P415" w:tooltip="59. При наличии разногласий по проекту акта Правительства, в том числе выявленных по результатам проведения оценки регулирующего воздействия, вносящий проект член Правительства или другой руководитель из числа лиц, указанных в пункте 7 настоящего Регламента, должен обеспечить обсуждение его с руководителями согласующих органов или по указанию руководителей с их заместителями с целью поиска взаимоприемлемого решения. Проект акта Правительства может быть внесен в Правительство с разногласиями только вместе...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">59</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и получения заключений в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P423" w:tooltip="Проекты актов, оказывающих влияние на доходы или расходы соответствующего бюджета бюджетной системы Российской Федерации, направляются на заключение в Министерство финансов Российской Федерации с приложением протоколов согласительных совещаний (при их наличии), замечаний, а также финансово-экономического обоснования решений, предлагаемых к принятию проектом акта, составленным в соответствии с пунктами 53(1) и 53(2) настоящего Регламента, по форме, устанавливаемой Министерством финансов Российской Федерац...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацами вторым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P427" w:tooltip="Проекты актов, регулирующих отношения субъектов предпринимательской деятельности или их отношения с государством, а также оказывающих влияние на макроэкономические показатели развития страны, направляются с приложением протоколов согласительных совещаний (при их наличии) и замечаний на заключение в Министерство экономического развития Российской Федерации. Министерство экономического развития Российской Федерации в заключении дает оценку влияния соответствующих решений на макроэкономические показатели и ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">третьим пункта 60</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P433" w:tooltip="60(1). Проекты нормативных правовых актов в сфере предпринимательской и иной экономической деятельности, содержащие обязательные требования, а также проекты нормативных правовых актов, регулирующих отношения в области организации и осуществления государственного контроля (надзора), отношения по взиманию налогов и сборов в Российской Федерации, отношения, возникающие в процессе осуществления налогового контроля, обжалования актов налоговых органов, действий (бездействия) их должностных лиц, отношения в об...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 60(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="60(2). Проекты актов, предусматривающих мероприятия по использованию информационно-коммуникационных технологий, созданию, развитию, эксплуатации информационных систем и информационно-коммуникационной инфраструктуры (далее - мероприятия по информатизации), направляются в Министерство цифрового развития, связи и массовых коммуникаций Российской Федерации на заключение, в котором дается оценка целесообразности проведения мероприятий по информатизации и (или) их финансирования.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">60(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента до внесения в Правительство направляются на заключение в Счетную палату Российской Федерации с приложением всех документов и материалов по их согласованию (включая представленные федеральными органами исполнительной власти замечания и протоколы согласительных совещаний (при их наличии), пояснительной записки, финансово-экономического обоснования решений, предлагаемых к принятию проектом акта, составленных в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P362" w:tooltip="53(1). Финансово-экономическое обоснование решений, предлагаемых к принятию проектом акта, представляет собой описание экономического эффекта от реализации проекта акта, основывается на содержащихся в пояснительной записке к проекту акта финансовом, экономическом и (или) статистическом анализе текущей ситуации по решениям, предлагаемым к принятию проектом акта, прогнозе экономических и иных последствий реализации таких решений, содержит оценку влияния (в том числе косвенного) реализации проекта акта на д...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 53(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P374" w:tooltip="53(2). Финансово-экономическое обоснование к проекту федерального закона, во исполнение которого предполагается принятие ряда актов Правительства, должно содержать в том числе расчеты расходов по осуществлению решений, предусмотренных этими проектами актов Правительства, за исключением случаев, когда проектом федерального закона предусмотрено право (не обязанность) Правительства принять акты Правительства, оказывающие влияние на доходы и расходы соответствующего бюджета бюджетной системы Российской Федер...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">53(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P380" w:tooltip="57. Проекты актов Правительства до их внесения в Правительство подлежат согласованию с руководителями (их заместителями) федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство (не более чем с руководителями 3 органов), к сфере деятельности которых в основном относятся вопросы, содержащиеся в указанных проектах.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">57</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P415" w:tooltip="59. При наличии разногласий по проекту акта Правительства, в том числе выявленных по результатам проведения оценки регулирующего воздействия, вносящий проект член Правительства или другой руководитель из числа лиц, указанных в пункте 7 настоящего Регламента, должен обеспечить обсуждение его с руководителями согласующих органов или по указанию руководителей с их заместителями с целью поиска взаимоприемлемого решения. Проект акта Правительства может быть внесен в Правительство с разногласиями только вместе...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">59</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P423" w:tooltip="Проекты актов, оказывающих влияние на доходы или расходы соответствующего бюджета бюджетной системы Российской Федерации, направляются на заключение в Министерство финансов Российской Федерации с приложением протоколов согласительных совещаний (при их наличии), замечаний, а также финансово-экономического обоснования решений, предлагаемых к принятию проектом акта, составленным в соответствии с пунктами 53(1) и 53(2) настоящего Регламента, по форме, устанавливаемой Министерством финансов Российской Федерац...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацами вторым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P427" w:tooltip="Проекты актов, регулирующих отношения субъектов предпринимательской деятельности или их отношения с государством, а также оказывающих влияние на макроэкономические показатели развития страны, направляются с приложением протоколов согласительных совещаний (при их наличии) и замечаний на заключение в Министерство экономического развития Российской Федерации. Министерство экономического развития Российской Федерации в заключении дает оценку влияния соответствующих решений на макроэкономические показатели и ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">третьим пункта 60</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P433" w:tooltip="60(1). Проекты нормативных правовых актов в сфере предпринимательской и иной экономической деятельности, содержащие обязательные требования, а также проекты нормативных правовых актов, регулирующих отношения в области организации и осуществления государственного контроля (надзора), отношения по взиманию налогов и сборов в Российской Федерации, отношения, возникающие в процессе осуществления налогового контроля, обжалования актов налоговых органов, действий (бездействия) их должностных лиц, отношения в об...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 60(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="60(2). Проекты актов, предусматривающих мероприятия по использованию информационно-коммуникационных технологий, созданию, развитию, эксплуатации информационных систем и информационно-коммуникационной инфраструктуры (далее - мероприятия по информатизации), направляются в Министерство цифрового развития, связи и массовых коммуникаций Российской Федерации на заключение, в котором дается оценка целесообразности проведения мероприятий по информатизации и (или) их финансирования.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">60(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 24.08.2016 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId400" w:tooltip="Постановление Правительства РФ от 24.08.2016 N 837 &quot;О внесении изменения в пункт 60(4) Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 837</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId401" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="457" w:name="P457"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60(5). Проекты актов в области регулирования социально-трудовых отношений и связанных с ними экономических отношений до внесения в Правительство направляются в Российскую трехстороннюю комиссию по регулированию социально-трудовых отношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 60(5) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId402" w:tooltip="Постановление Правительства РФ от 05.09.2016 N 879 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.09.2016 N 879)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60(6). Обращения, содержащие предложения об определении единственного поставщика (подрядчика, исполнителя), до внесения в Правительство Российской Федерации направляются в Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации, Министерство промышленности и торговли Российской Федерации и Федеральную антимонопольную службу в целях получения заключений, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId403" w:tooltip="Указ Президента РФ от 14.09.2020 N 558 (ред. от 08.07.2024) &quot;Об утверждении Порядка подготовки проектов правовых актов и поручений Президента Российской Федерации, проектов правовых актов Правительства Российской Федерации об определении единственного поставщика (подрядчика, исполнителя)&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядка подготовки проектов правовых актов и поручений Президента Российской Федерации, проектов правовых актов Правительства Российской Федерации об определении единственного поставщика (подрядчика, исполнителя), утвержденного Указом Президента Российской Федерации от 14 сентября 2020 г. N 558 "Об утверждении Порядка подготовки проектов правовых актов и поручений Президента Российской Федерации, проектов правовых актов Правительства Российской Федерации об определении единственного поставщика (подрядчика, исполнителя)".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 60(6) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId404" w:tooltip="Постановление Правительства РФ от 10.10.2020 N 1649 (ред. от 25.01.2022) &quot;Об утверждении Положения о порядке рассмотрения Правительством Российской Федерации обращений об определении единственного поставщика (подрядчика, исполнителя) и о внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.10.2020 N 1649; в ред. Постановлений Правительства РФ от 03.12.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId405" w:tooltip="Постановление Правительства РФ от 03.12.2021 N 2191 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2191</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 25.01.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId406" w:tooltip="Постановление Правительства РФ от 25.01.2022 N 37 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 37</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="461" w:name="P461"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60(7). Проекты актов Правительства Российской Федерации, содержащие положения об определении единственного поставщика (подрядчика, исполнителя), подготовка которых осуществляется на основании поручения Президента Российской Федерации, до внесения в Правительство Российской Федерации направляются на согласование в Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации, Министерство промышленности и торговли Российской Федерации и Федеральную антимонопольную службу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 03.12.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId407" w:tooltip="Постановление Правительства РФ от 03.12.2021 N 2191 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2191</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 25.01.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId408" w:tooltip="Постановление Правительства РФ от 25.01.2022 N 37 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 37</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К таким проектам актов Правительства Российской Федерации прилагается подготовленное в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId409" w:tooltip="Федеральный закон от 05.04.2013 N 44-ФЗ (ред. от 26.12.2024) &quot;О контрактной системе в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд&quot; (с изм. и доп., вступ. в силу с 01.07.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">статьей 22</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона "О контрактной системе в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд" и подписанное заказчиком обоснование цены контракта, заключаемого с единственным поставщиком (подрядчиком, исполнителем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId410" w:tooltip="Постановление Правительства РФ от 25.01.2022 N 37 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 25.01.2022 N 37)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 60(7) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId411" w:tooltip="Постановление Правительства РФ от 10.10.2020 N 1649 (ред. от 25.01.2022) &quot;Об утверждении Положения о порядке рассмотрения Правительством Российской Федерации обращений об определении единственного поставщика (подрядчика, исполнителя) и о внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.10.2020 N 1649)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60(8). Проекты актов Правительства Российской Федерации, регулирующие вопросы установления запретов и ограничений допуска товаров, происходящих из иностранных государств, для целей закупок радиоэлектронной продукции и программного обеспечения, осуществляемых для обеспечения государственных и муниципальных нужд, включая минимальную обязательную долю закупок российских товаров, установления приоритета, в том числе минимальной доли закупок товаров российского происхождения, по отношению к товарам, происходящим из иностранного государства, при осуществлении закупок товаров отдельными видами юридических лиц, направляются на согласование в Министерство цифрового развития, связи и массовых коммуникаций Российской Федерации и Министерство промышленности и торговли Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 60(8) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId412" w:tooltip="Постановление Правительства РФ от 30.06.2022 N 1168 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.06.2022 N 1168)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="468" w:name="P468"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60(9). Проекты актов, регулирующих отношения, связанные с развитием и использованием технологий искусственного интеллекта, обеспечением безопасности применения таких технологий, направляются на согласование в Министерство цифрового развития, связи и массовых коммуникаций Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 60(9) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId413" w:tooltip="Постановление Правительства РФ от 09.06.2025 N 861 &quot;О Центре развития искусственного интеллекта при Правительстве Российской Федерации&quot; (вместе с &quot;Положением о системе реализации приоритетных задач Правительства Российской Федерации в области развития технологий искусственного интеллекта и Центре развития искусственного интеллекта при Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 09.06.2025 N 861)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="470" w:name="P470"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">61. Проекты актов вносятся в Правительство при наличии согласований, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P380" w:tooltip="57. Проекты актов Правительства до их внесения в Правительство подлежат согласованию с руководителями (их заместителями) федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство (не более чем с руководителями 3 органов), к сфере деятельности которых в основном относятся вопросы, содержащиеся в указанных проектах.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 57</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P461" w:tooltip="60(7). Проекты актов Правительства Российской Федерации, содержащие положения об определении единственного поставщика (подрядчика, исполнителя), подготовка которых осуществляется на основании поручения Президента Российской Федерации, до внесения в Правительство Российской Федерации направляются на согласование в Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации, Министерство промышленности и торговли Российской Федерации и Федеральную антимонопольную с...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">60(7)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P468" w:tooltip="60(9). Проекты актов, регулирующих отношения, связанные с развитием и использованием технологий искусственного интеллекта, обеспечением безопасности применения таких технологий, направляются на согласование в Министерство цифрового развития, связи и массовых коммуникаций Российской Федерации.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">60(9)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, или при наличии разногласий, оформленных в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P415" w:tooltip="59. При наличии разногласий по проекту акта Правительства, в том числе выявленных по результатам проведения оценки регулирующего воздействия, вносящий проект член Правительства или другой руководитель из числа лиц, указанных в пункте 7 настоящего Регламента, должен обеспечить обсуждение его с руководителями согласующих органов или по указанию руководителей с их заместителями с целью поиска взаимоприемлемого решения. Проект акта Правительства может быть внесен в Правительство с разногласиями только вместе...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 59</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P421" w:tooltip="60. Проекты федеральных законов, указов Президента Российской Федерации нормативного характера и актов Правительства, имеющих нормативный характер (проектов постановлений Правительства), после их согласования в соответствии с пунктами 57 - 59 настоящего Регламента, проведения оценки регулирующего воздействия в случаях, предусмотренных пунктом 60(1) настоящего Регламента, и при условии их размещения в сети Интернет в целях обеспечения возможности проведения независимой антикоррупционной экспертизы в устан...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 60</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="60(2). Проекты актов, предусматривающих мероприятия по использованию информационно-коммуникационных технологий, созданию, развитию, эксплуатации информационных систем и информационно-коммуникационной инфраструктуры (далее - мероприятия по информатизации), направляются в Министерство цифрового развития, связи и массовых коммуникаций Российской Федерации на заключение, в котором дается оценка целесообразности проведения мероприятий по информатизации и (или) их финансирования.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">60(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P455" w:tooltip="60(4). Проекты федеральных законов о федеральном бюджете и бюджетах государственных внебюджетных фондов Российской Федерации на очередной финансовый год и плановый период (о внесении изменений в федеральный закон о федеральном бюджете и бюджетах государственных внебюджетных фондов Российской Федерации на текущий финансовый год и плановый период), проекты нормативных правовых актов, касающихся расходных обязательств Российской Федерации, федеральных законов, приводящих к изменению доходов федерального бюд...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">60(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, - также соответствующих заключений, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P457" w:tooltip="60(5). Проекты актов в области регулирования социально-трудовых отношений и связанных с ними экономических отношений до внесения в Правительство направляются в Российскую трехстороннюю комиссию по регулированию социально-трудовых отношений.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 60(5)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента - решений Российской трехсторонней комиссии по регулированию социально-трудовых отношений по итогам рассмотрения соответствующих проектов актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 10.03.2009 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId414" w:tooltip="Постановление Правительства РФ от 10.03.2009 N 202 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 202</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 21.02.2011 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId415" w:tooltip="Постановление Правительства РФ от 21.02.2011 N 94 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 94</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 25.04.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId416" w:tooltip="Постановление Правительства РФ от 25.04.2012 N 394 (ред. от 01.07.2024) &quot;О мерах по совершенствованию использования информационно-коммуникационных технологий в деятельности государственных органов&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 394</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 04.10.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId417" w:tooltip="Постановление Правительства РФ от 04.10.2012 N 1013 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1013</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 05.09.2016 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId418" w:tooltip="Постановление Правительства РФ от 05.09.2016 N 879 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 879</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId419" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 10.10.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId420" w:tooltip="Постановление Правительства РФ от 10.10.2020 N 1649 (ред. от 25.01.2022) &quot;Об утверждении Положения о порядке рассмотрения Правительством Российской Федерации обращений об определении единственного поставщика (подрядчика, исполнителя) и о внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1649</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 30.06.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId421" w:tooltip="Постановление Правительства РФ от 30.06.2022 N 1168 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1168</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 09.06.2025 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId422" w:tooltip="Постановление Правительства РФ от 09.06.2025 N 861 &quot;О Центре развития искусственного интеллекта при Правительстве Российской Федерации&quot; (вместе с &quot;Положением о системе реализации приоритетных задач Правительства Российской Федерации в области развития технологий искусственного интеллекта и Центре развития искусственного интеллекта при Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 861</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов вносятся в Правительство с приложением заключений по результатам независимой антикоррупционной экспертизы (при их наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId423" w:tooltip="Постановление Правительства РФ от 20.02.2010 N 72 (ред. от 14.09.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в связи с принятием Федерального закона &quot;Об антикоррупционной экспертизе нормативных правовых актов и проектов нормативных правовых актов&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.03.2009 N 202)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов, внесенные в Правительство с отступлением от установленных настоящим Регламентом правил, подлежат возврату в следующем порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты актов по вопросам, требующим незамедлительного решения, а также проекты, внесенные во исполнение поручения Правительства, Председателя Правительства, одного из заместителей Председателя Правительства (в соответствии с распределением обязанностей), не позднее чем в 5-дневный срок с даты поступления возвращаются по решению соответственно Председателя Правительства, его Заместителя с указанием причин возврата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId424" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Другие проекты актов, внесенные в Правительство с отступлением от установленных настоящим Регламентом правил, в том числе в случае несоблюдения федеральным органом исполнительной власти порядка проведения оценки регулирующего воздействия, не позднее чем в 5-дневный срок возвращаются Аппаратом Правительства с указанием причин возврата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId425" w:tooltip="Постановление Правительства РФ от 30.01.2015 N 83 (ред. от 29.05.2023) &quot;О проведении оценки фактического воздействия нормативных правовых актов, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения оценки фактического воздействия нормативных правовых актов&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.01.2015 N 83)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...15 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По истечении 5-дневного срока с даты поступления проекты актов могут быть возвращены только по решению Председателя Правительства или одного из заместителей Председателя Правительства (в соответствии с распределением обязанностей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId426" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты, поступившие за подписью лиц, которым такое право не предоставлено, не принимаются к рассмотрению и направляются Аппаратом Правительства руководителям, указанным в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P148" w:tooltip="7. Проекты актов и другие документы, указанные в пункте 6 настоящего Регламента, могут вноситься на рассмотрение в Правительство членами Правительства, руководителями иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, или лицами, исполняющими их обязанности. Проекты заключений, официальных отзывов и поправок Правительства могут вноситься на рассмотрение в Правительство статс-секретарями - заместителями руководит...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пункте 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">61(1). Положения </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P347" w:tooltip="53. Проекты актов вносятся в Правительство с пояснительной запиской, содержащей информацию о соответствии проектов актов положениям Договора о Евразийском экономическом союзе, а также положениям иных международных договоров Российской Федерации, анализ правоприменительной практики, обусловившей необходимость изменения правового регулирования, прогнозы социально-экономических, финансовых и иных последствий реализации предлагаемых решений, в том числе для субъектов предпринимательской и иной экономической ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктов 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P470" w:tooltip="61. Проекты актов вносятся в Правительство при наличии согласований, предусмотренных пунктами 57, 60(7) - 60(9), или при наличии разногласий, оформленных в соответствии с пунктом 59, а в случаях, предусмотренных пунктами 60 - 60(2) и 60(4) настоящего Регламента, - также соответствующих заключений, пунктом 60(5) настоящего Регламента - решений Российской трехсторонней комиссии по регулированию социально-трудовых отношений по итогам рассмотрения соответствующих проектов актов.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">61</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента не распространяются на случаи внесения в Правительство федеральными органами исполнительной власти или Правительственной комиссией по проведению административной реформы и Правительственной комиссией по цифровому развитию, использованию информационных технологий для улучшения качества жизни и условий ведения предпринимательской деятельности проектов актов, подготовленных во исполнение решений указанных Комиссий, за исключением решений Правительственной комиссии по проведению административной реформы или ее подкомиссии о проведении пересмотра устанавливающих обязательные требования нормативных правовых актов Правительства, их положений. Такие проекты актов вносятся в Правительство в порядке и сроки, которые установлены решениями указанных Комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 26.08.2013 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId427" w:tooltip="Постановление Правительства РФ от 26.08.2013 N 735 (ред. от 22.05.2018) &quot;О Правительственной комиссии по использованию информационных технологий для улучшения качества жизни и условий ведения предпринимательской деятельности&quot; (вместе с &quot;Положением о Правительственной комиссии по использованию информационных технологий для улучшения качества жизни и условий ведения предпринимательской деятельности&quot;) ------------ Утратил силу или отменен {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 735</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 02.02.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId428" w:tooltip="Постановление Правительства РФ от 02.02.2019 N 77 (ред. от 09.02.2022) &quot;О внесении изменений в отдельные акты Правительства Российской Федерации&quot; (с изм. и доп., вступ. в силу с 22.03.2022) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 77</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 26.12.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId429" w:tooltip="Постановление Правительства РФ от 26.12.2020 N 2286 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2286</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положения </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P347" w:tooltip="53. Проекты актов вносятся в Правительство с пояснительной запиской, содержащей информацию о соответствии проектов актов положениям Договора о Евразийском экономическом союзе, а также положениям иных международных договоров Российской Федерации, анализ правоприменительной практики, обусловившей необходимость изменения правового регулирования, прогнозы социально-экономических, финансовых и иных последствий реализации предлагаемых решений, в том числе для субъектов предпринимательской и иной экономической ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктов 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P470" w:tooltip="61. Проекты актов вносятся в Правительство при наличии согласований, предусмотренных пунктами 57, 60(7) - 60(9), или при наличии разногласий, оформленных в соответствии с пунктом 59, а в случаях, предусмотренных пунктами 60 - 60(2) и 60(4) настоящего Регламента, - также соответствующих заключений, пунктом 60(5) настоящего Регламента - решений Российской трехсторонней комиссии по регулированию социально-трудовых отношений по итогам рассмотрения соответствующих проектов актов.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">61</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента не распространяются на случаи внесения в Правительство федеральными органами исполнительной власти или Координационным советом при Правительстве Российской Федерации по борьбе с распространением новой коронавирусной инфекции на территории Российской Федерации (далее - Координационный совет) проектов актов, подготовленных во исполнение решений Координационного совета, а также </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId430" w:tooltip="&quot;План первоочередных мероприятий (действий) по обеспечению устойчивого развития экономики в условиях ухудшения ситуации в связи с распространением новой коронавирусной инфекции&quot; (утв. Правительством РФ 17.03.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Плана</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> первоочередных мероприятий (действий) по обеспечению устойчивого развития экономики в условиях ухудшения ситуации в связи с распространением новой коронавирусной инфекции. Такие проекты актов вносятся в Правительство в порядке и сроки, которые установлены решениями Координационного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink r:id="rId217">
-[...27 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId431" w:tooltip="Постановление Правительства РФ от 28.03.2020 N 359 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.03.2020 N 359)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положения </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P347" w:tooltip="53. Проекты актов вносятся в Правительство с пояснительной запиской, содержащей информацию о соответствии проектов актов положениям Договора о Евразийском экономическом союзе, а также положениям иных международных договоров Российской Федерации, анализ правоприменительной практики, обусловившей необходимость изменения правового регулирования, прогнозы социально-экономических, финансовых и иных последствий реализации предлагаемых решений, в том числе для субъектов предпринимательской и иной экономической ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктов 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P470" w:tooltip="61. Проекты актов вносятся в Правительство при наличии согласований, предусмотренных пунктами 57, 60(7) - 60(9), или при наличии разногласий, оформленных в соответствии с пунктом 59, а в случаях, предусмотренных пунктами 60 - 60(2) и 60(4) настоящего Регламента, - также соответствующих заключений, пунктом 60(5) настоящего Регламента - решений Российской трехсторонней комиссии по регулированию социально-трудовых отношений по итогам рассмотрения соответствующих проектов актов.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">61</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента не распространяются на случаи внесения в Правительство федеральными органами исполнительной власти проектов актов, подготовленных во исполнение решений Правительственной комиссии по повышению устойчивости российской экономики в условиях санкций, решений подкомиссии по повышению устойчивости финансового сектора и отдельных отраслей экономики Правительственной комиссии по повышению устойчивости российской экономики в условиях санкций и Заместителя Председателя Правительства - Руководителя Аппарата Правительства, а также решений Заместителя Председателя Правительства - Руководителя Аппарата Правительства. Такие проекты актов вносятся в Правительство в порядке и сроки, которые установлены указанными решениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId432" w:tooltip="Постановление Правительства РФ от 11.03.2022 N 342 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.03.2022 N 342)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положения </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P347" w:tooltip="53. Проекты актов вносятся в Правительство с пояснительной запиской, содержащей информацию о соответствии проектов актов положениям Договора о Евразийском экономическом союзе, а также положениям иных международных договоров Российской Федерации, анализ правоприменительной практики, обусловившей необходимость изменения правового регулирования, прогнозы социально-экономических, финансовых и иных последствий реализации предлагаемых решений, в том числе для субъектов предпринимательской и иной экономической ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктов 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P470" w:tooltip="61. Проекты актов вносятся в Правительство при наличии согласований, предусмотренных пунктами 57, 60(7) - 60(9), или при наличии разногласий, оформленных в соответствии с пунктом 59, а в случаях, предусмотренных пунктами 60 - 60(2) и 60(4) настоящего Регламента, - также соответствующих заключений, пунктом 60(5) настоящего Регламента - решений Российской трехсторонней комиссии по регулированию социально-трудовых отношений по итогам рассмотрения соответствующих проектов актов.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">61</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента не распространяются на случаи внесения в Правительство федеральными органами исполнительной власти проектов нормативных правовых актов, устанавливающих, изменяющих или отменяющих обязательные требования к маркировке товаров средствами идентификации, в том числе к нанесению средств идентификации на упаковки лекарственных препаратов (за исключением нормативных правовых актов о введении маркировки средствами идентификации в отношении товаров отрасли экономики, в которой такая маркировка вводится впервые), и (или) регулирующих применение мер ответственности за нарушение указанных требований. Такие проекты нормативных правовых актов вносятся в Правительство в порядке, установленном Государственной комиссией по противодействию незаконному обороту промышленной продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId433" w:tooltip="Постановление Правительства РФ от 05.09.2025 N 1373 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования государственного управления в сфере противодействия незаконному ввозу, производству и обороту контрафактной продукции&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.09.2025 N 1373)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">61(2). В случае если решением Конституционного Суда Российской Федерации федеральный конституционный закон, федеральный закон и (или) закон Российской Федерации признаны не соответствующими </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId434" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации полностью или частично либо из решения Конституционного Суда Российской Федерации вытекает необходимость устранения пробела в правовом регулировании, проект нового федерального конституционного закона, проект нового федерального закона или ряд взаимосвязанных проектов законов либо законопроект о внесении изменений в закон, признанный Конституционным Судом Российской Федерации неконституционным в отдельной его части, вносится в Правительство в срок не более 3 месяцев со дня официального опубликования решения Конституционного Суда Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 61(2) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId435" w:tooltip="Постановление Правительства РФ от 05.02.2016 N 73 &quot;О внесении изменения в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.02.2016 N 73)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок подготовки и рассмотрения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проектов актов в Правительстве</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">62. Подготовка к рассмотрению внесенных в установленном настоящим Регламентом порядке в Правительство проектов постановлений и распоряжений Правительства и иных актов, по которым требуется решение Правительства, осуществляется Аппаратом Правительства в 15-дневный срок, за исключением проектов актов Правительства об утверждении государственных программ Российской Федерации, подготовка которых к рассмотрению осуществляется Аппаратом Правительства в 30-дневный срок, а также проектов актов Правительства по предметам совместного ведения Российской Федерации и субъектов Российской Федерации, проектов актов Президента Российской Федерации, проектов актов Правительства, предусматривающих передачу полномочий федеральных органов исполнительной власти исполнительным органам субъектов Российской Федерации, подготовка которых осуществляется Аппаратом Правительства в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P516" w:tooltip="66(1). Проекты актов Правительства по предметам совместного ведения Российской Федерации и субъектов Российской Федерации, проекты актов Президента Российской Федерации и проекты актов Правительства, предусматривающие передачу полномочий федеральных органов исполнительной власти исполнительным органам субъектов Российской Федерации, направляются Правительством в 5-дневный срок в электронном виде с соблюдением требований, установленных пунктом 9(1) настоящего Регламента, в законодательные (представительны...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 66(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента. Продление указанного срока допускается в исключительных случаях только по решению Председателя Правительства или Заместителя Председателя Правительства - Руководителя Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.03.2017 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId436" w:tooltip="Постановление Правительства РФ от 22.03.2017 N 322 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 322</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId437" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 18.11.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId438" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1578</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подготовка проектов актов к рассмотрению включает составление экспертного заключения, подготовку проекта протокола рассмотрения вопроса (при необходимости) и оформление документов для подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок подготовки проектов актов к рассмотрению устанавливается настоящим Регламентом и разработанной на его основе Инструкцией по делопроизводству в Аппарате Правительства, утверждаемой Заместителем Председателя Правительства - Руководителем Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId439" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.03.2008 N 221)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">63. Экспертное заключение Аппарата Правительства на проект акта должно содержать оценку соблюдения требований настоящего Регламента при внесении проекта акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подготовка и оформление экспертных заключений осуществляются в соответствии с Инструкцией по делопроизводству в Аппарате Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 63 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId440" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...79 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">64. Проекты актов с соответствующими экспертными заключениями рассматриваются заместителями Председателя Правительства (в соответствии с распределением обязанностей) и представляются Заместителем Председателя Правительства - Руководителем Аппарата Правительства Председателю Правительства на подпись или для внесения на заседание Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId441" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.03.2008 N 221)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По результатам рассмотрения проектов актов Председателем Правительства или его заместителями (в соответствии с распределением обязанностей) проекты могут быть возвращены внесшим их руководителям федеральных органов исполнительной власти для доработки или в связи с нецелесообразностью их принятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 64 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId442" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">65. Проекты актов, внесенные с разногласиями, докладываются Председателю Правительства, заместителям Председателя Правительства (в соответствии с распределением обязанностей) с предложениями о порядке дальнейшей работы с ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId443" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="510" w:name="P510"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">66. Неурегулированные разногласия по проекту акта рассматриваются заместителями Председателя Правительства (в соответствии с распределением обязанностей) с участием руководителей федеральных органов исполнительной власти, имеющих разногласия. В отношении указанных разногласий принимаются соответствующие решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="511" w:name="P511"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассмотрение разногласий может проводиться на заседании соответствующего правительственного координационного или совещательного органа, а также по указанию заместителей Председателя Правительства (в соответствии с распределением обязанностей) в Аппарате Правительства. О результатах рассмотрения разногласий в Аппарате Правительства докладывается заместителям Председателя Правительства (в соответствии с распределением обязанностей) для принятия решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если подготовленное в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P510" w:tooltip="66. Неурегулированные разногласия по проекту акта рассматриваются заместителями Председателя Правительства (в соответствии с распределением обязанностей) с участием руководителей федеральных органов исполнительной власти, имеющих разногласия. В отношении указанных разногласий принимаются соответствующие решения.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацами первым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P511" w:tooltip="Рассмотрение разногласий может проводиться на заседании соответствующего правительственного координационного или совещательного органа, а также по указанию заместителей Председателя Правительства (в соответствии с распределением обязанностей) в Аппарате Правительства. О результатах рассмотрения разногласий в Аппарате Правительства докладывается заместителям Председателя Правительства (в соответствии с распределением обязанностей) для принятия решения.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">вторым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта решение не согласовано одним из заместителей Председателя Правительства, а также если по проекту акта имеются разногласия между двумя или несколькими заместителями Председателя Правительства, заместитель Руководителя Аппарата Правительства (в соответствии с распределением обязанностей) докладывает об этом Заместителю Председателя Правительства - Руководителю Аппарата Правительства для принятия решения. Заместитель Председателя Правительства - Руководитель Аппарата Правительства в течение 5 дней принимает соответствующее решение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При необходимости Заместитель Председателя Правительства - Руководитель Аппарата Правительства докладывает о результатах рассмотрения разногласий Председателю Правительства для принятия соответствующего решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По решению Председателя Правительства неурегулированные разногласия могут быть рассмотрены на заседании Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 66 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId444" w:tooltip="Постановление Правительства РФ от 19.04.2022 N 700 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.04.2022 N 700)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="516" w:name="P516"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">66(1). Проекты актов Правительства по предметам совместного ведения Российской Федерации и субъектов Российской Федерации, проекты актов Президента Российской Федерации и проекты актов Правительства, предусматривающие передачу полномочий федеральных органов исполнительной власти исполнительным органам субъектов Российской Федерации, направляются Правительством в 5-дневный срок в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, в законодательные (представительные) и высшие исполнительные органы государственной власти соответствующих субъектов Российской Федерации для представления ими отзывов и предложений. Отзывы и предложения рассматриваются в Правительстве по истечении 30-дневного срока со дня направления проектов актов в указанные органы государственной власти субъектов Российской Федерации. Подготовка проектов актов к рассмотрению в Правительстве осуществляется Аппаратом Правительства в 15-дневный срок со дня истечения указанного 30-дневного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.04.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId445" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 666</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 18.11.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId446" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1578</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">67. Проекты актов Правительства, которые принимаются в пределах его полномочий по вопросам, отнесенным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId447" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации к ведению Президента Российской Федерации, принятие которых предусмотрено актами Президента Российской Федерации или которые рассмотрены на заседаниях Правительства под председательством Президента Российской Федерации, направляются Аппаратом Правительства в Администрацию Президента Российской Федерации в порядке, установленном Президентом Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">68. Проекты актов Правительства по кадровым вопросам федеральных органов исполнительной власти, деятельностью которых руководит Президент Российской Федерации, подлежат согласованию в порядке, установленном Президентом Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">69. Законопроекты, вносимые Правительством в Государственную Думу, направляются Аппаратом Правительства для согласования в Администрацию Президента Российской Федерации не позднее чем за 2 недели до рассмотрения их на заседании Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId448" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">70. Поступающие на согласование в Правительство с поручением или указанием Президента Российской Федерации или с письмом Руководителя Администрации Президента Российской Федерации проекты федеральных законов и актов Президента Российской Федерации, затрагивающие вопросы, отнесенные к полномочиям Правительства, согласованные в установленном порядке с заинтересованными федеральными органами исполнительной власти, подлежат рассмотрению в Правительстве в порядке, установленном Президентом Российской Федерации, не позднее чем в 5-дневный срок со дня их получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId449" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2011 N 530)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С письменного согласия Руководителя Администрации Президента Российской Федерации и Заместителя Председателя Правительства - Руководителя Аппарата Правительства срок согласования проектов актов Президента Российской Федерации может быть увеличен до 15 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId450" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.03.2008 N 221)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">71. Заместитель Председателя Правительства - Руководитель Аппарата Правительства (лицо, исполняющее его обязанности) проставляет дату в подписанных Председателем Правительства актах Правительства, подтверждает их подлинность своей визой и организует их выпуск. При выявлении обстоятельств, препятствующих выпуску акта, Заместитель Председателя Правительства - Руководитель Аппарата Правительства докладывает о них Председателю Правительства и действует в соответствии с принятым Председателем Правительства решением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId451" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.03.2008 N 221)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V. Правительственные и межведомственные</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">координационные и совещательные органы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">72. Координационные органы именуются комиссиями или организационными комитетами и образуются для обеспечения согласованных действий заинтересованных органов исполнительной власти при решении определенного круга задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совещательные органы именуются советами и образуются для предварительного рассмотрения вопросов и подготовки по ним предложений, носящих рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Компетенция координационных и совещательных органов, а также порядок принятия решений определяются в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">положениях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о них или в решениях об их образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Координационные и совещательные органы формируются на представительной основе. В состав координационных и совещательных органов в зависимости от вопросов, для решения которых они образуются, включаются представители соответствующих органов исполнительной власти, а также могут включаться представители органов законодательной власти, научных организаций, общественных объединений и религиозных организаций, которые в координационных органах имеют право совещательного голоса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для оперативной и качественной подготовки материалов и проектов актов координационные и совещательные органы могут своими решениями образовывать рабочие группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решения координационных и совещательных органов оформляются протоколами заседаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решения, принимаемые координационными органами в соответствии с их компетенцией, являются обязательными для всех представленных в них органов исполнительной власти, если иное не установлено федеральными законами или актами Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">73. Правительственные комиссии и советы образуются в случаях, предусмотренных федеральными законами, актами и поручениями или указаниями Президента Российской Федерации, постановлениями Правительства, и возглавляются Председателем Правительства, другими членами Правительства, руководителями федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации либо Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId452" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2011 N 530)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решения об образовании, реорганизации и упразднении правительственных комиссий и советов, за исключением правительственных комиссий и советов, образуемых для решения вопросов чрезвычайного характера, принимаются на заседаниях Правительства. Образование, реорганизация и упразднение правительственных комиссий и советов, определение их компетенции, утверждение их руководителей и персонального состава осуществляются Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId453" w:tooltip="Постановление Правительства РФ от 30.11.2009 N 967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2009 N 967)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организационно-техническое обеспечение деятельности правительственных комиссий и советов возлагается на федеральный орган исполнительной власти, руководитель которого является председателем комиссии или совета, либо на Аппарат Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 73 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId454" w:tooltip="Постановление Правительства РФ от 27.05.2006 N 322 &quot;О внесении изменений в пункт 73 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 27.05.2006 N 322)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">74. Организационные комитеты образуются для проведения мероприятий общегосударственного значения в установленные сроки. Решения об образовании, о реорганизации и об упразднении организационных комитетов, определении их компетенции, утверждении их руководителей и персонального состава принимаются Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2013 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId455" w:tooltip="Постановление Правительства РФ от 30.11.2013 N 1099 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1099</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 10.05.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId456" w:tooltip="Постановление Правительства РФ от 10.05.2019 N 578 &quot;О внесении изменения в пункт 74 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 578</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организационные комитеты возглавляются, как правило, федеральным министром или заместителем федерального министра, руководителем или заместителем руководителя иного федерального органа исполнительной власти, руководство деятельностью которого осуществляет Президент Российской Федерации или Правительство. Руководство организационным комитетом может быть возложено на сопредседателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организационно-техническое обеспечение деятельности организационных комитетов возлагается на федеральный орган исполнительной власти, руководитель или заместитель руководителя которого является председателем организационного комитета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организационный комитет прекращает свою деятельность после одобрения в Правительстве представленного его председателем доклада о решении задач, для которых организационный комитет был образован.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">75. Межведомственные комиссии и советы образуются для решения задач или рассмотрения вопросов межотраслевого или межтерриториального значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Образование, реорганизация и упразднение межведомственных комиссий и советов, определение их компетенции, утверждение их руководителей и персонального состава осуществляются, как правило, совместно заинтересованными федеральными органами исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство. Совместное решение указанных федеральных органов исполнительной власти оформляется приказом или распоряжением и подписывается руководителями этих органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях, установленных федеральными законами, актами Президента Российской Федерации или Правительства, образование координационных и совещательных органов, определение их компетенции, порядка принятия и оформления их решений, утверждение их руководителей и персонального состава осуществляются в соответствии с указанными актами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае возникновения разногласий по вопросам образования, реорганизации и упразднения межведомственных комиссий и советов, определения их компетенции, утверждения руководителей и персонального состава они рассматриваются в Правительстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId457" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Межведомственные комиссии и советы возглавляются, как правило, федеральным министром или заместителем федерального министра, руководителем или заместителем руководителя иного федерального органа исполнительной власти, руководство деятельностью которого осуществляет Президент Российской Федерации или Правительство. Руководство межведомственной комиссией или советом может быть возложено на сопредседателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По вопросам, требующим решения Правительства, межведомственные комиссии и советы вносят в порядке, установленном настоящим Регламентом, соответствующие предложения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организационно-техническое обеспечение деятельности межведомственной комиссии или совета возлагается на федеральный орган исполнительной власти, руководитель или заместитель руководителя которого является председателем комиссии или совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об образовании, реорганизации и упразднении, а также о годовых итогах деятельности межведомственных комиссий и советов их председатели докладывают в Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VI. Законопроектная деятельность Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Планирование и организация законопроектной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId458" w:tooltip="Постановление Правительства РФ от 18.11.2019 N 1470 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу пункта 3 распоряжения Правительства Российской Федерации от 29 декабря 2006 г. N 1852-р&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2019 N 1470)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">76. Законопроектная деятельность Правительства осуществляется в соответствии с настоящим Регламентом и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId459" w:tooltip="Постановление Правительства РФ от 30.04.2009 N 389 (ред. от 18.01.2025) &quot;О мерах по совершенствованию законопроектной деятельности Правительства Российской Федерации&quot; (вместе с &quot;Положением о законопроектной деятельности Правительства Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о законопроектной деятельности Правительства Российской Федерации, утвержденным постановлением Правительства Российской Федерации от 30 апреля 2009 г. N 389 "О мерах по совершенствованию законопроектной деятельности Правительства Российской Федерации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 76 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId460" w:tooltip="Постановление Правительства РФ от 18.11.2019 N 1470 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу пункта 3 распоряжения Правительства Российской Федерации от 29 декабря 2006 г. N 1852-р&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2019 N 1470)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="567" w:name="P567"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">77. Разработка проектов федеральных законов федеральными органами исполнительной власти либо организациями, которым федеральными законами предоставлено право вносить в установленном порядке в Правительство проекты федеральных законов по вопросам, относящимся к установленной сфере деятельности, осуществляется на основе </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId461" w:tooltip="Распоряжение Правительства РФ от 23.12.2024 N 3946-р (ред. от 04.08.2025) &lt;Об утверждении плана законопроектной деятельности Правительства РФ на 2025 год&gt; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">плана</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законопроектной деятельности Правительства, ежегодно утверждаемого Правительством, а также в целях выполнения международных обязательств Российской Федерации, во исполнение решений Конституционного Суда Российской Федерации, нормативных правовых актов Президента Российской Федерации, актов Правительства, поручений или указаний Президента Российской Федерации, поручений, содержащихся в протоколах заседаний Правительства, и поручений Председателя Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 77 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId462" w:tooltip="Постановление Правительства РФ от 18.11.2019 N 1470 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу пункта 3 распоряжения Правительства Российской Федерации от 29 декабря 2006 г. N 1852-р&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2019 N 1470)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">78. Проект плана законопроектной деятельности Правительства формируется Министерством юстиции Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формирование плана законопроектной деятельности Правительства на очередной год и контроль за его исполнением осуществляются в порядке, определенном </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId463" w:tooltip="Постановление Правительства РФ от 30.04.2009 N 389 (ред. от 18.01.2025) &quot;О мерах по совершенствованию законопроектной деятельности Правительства Российской Федерации&quot; (вместе с &quot;Положением о законопроектной деятельности Правительства Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о законопроектной деятельности Правительства Российской Федерации, утвержденным постановлением Правительства Российской Федерации от 30 апреля 2009 г. N 389 "О мерах по совершенствованию законопроектной деятельности Правительства Российской Федерации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 78 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId464" w:tooltip="Постановление Правительства РФ от 18.11.2019 N 1470 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу пункта 3 распоряжения Правительства Российской Федерации от 29 декабря 2006 г. N 1852-р&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2019 N 1470)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">79. Разработка проектов федеральных законов федеральными органами исполнительной власти либо организациями, которым федеральными законами предоставлено право вносить в установленном порядке в Правительство проекты федеральных законов по вопросам, относящимся к установленной сфере деятельности, по основаниям, не предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P567" w:tooltip="77. Разработка проектов федеральных законов федеральными органами исполнительной власти либо организациями, которым федеральными законами предоставлено право вносить в установленном порядке в Правительство проекты федеральных законов по вопросам, относящимся к установленной сфере деятельности, осуществляется на основе плана законопроектной деятельности Правительства, ежегодно утверждаемого Правительством, а также в целях выполнения международных обязательств Российской Федерации, во исполнение решений Ко...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 77</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, а также включение в разрабатываемые проекты федеральных законов положений, не относящихся к предмету правового регулирования, определенному в документах, предусмотренных указанным пунктом, допускаются по решению Председателя Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 79 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId465" w:tooltip="Постановление Правительства РФ от 18.11.2019 N 1470 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу пункта 3 распоряжения Правительства Российской Федерации от 29 декабря 2006 г. N 1852-р&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2019 N 1470)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">80. Правительство информирует Президента Российской Федерации о законопроектной деятельности Правительства, а также о ходе исполнения Правительством поручений и указаний Президента Российской Федерации по подготовке законопроектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId466" w:tooltip="Постановление Правительства РФ от 01.07.2011 N 530 (ред. от 11.08.2012) &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.07.2011 N 530)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">81. Правительство рассматривает в установленном порядке предложения палат Федерального Собрания по подготовке законопроектов и координирует с ними свою законопроектную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">82. По предметам совместного ведения Российской Федерации и субъектов Российской Федерации Правительство координирует свою законопроектную деятельность с органами государственной власти субъектов Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наименование исключено с 1 января 2020 года. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId467" w:tooltip="Постановление Правительства РФ от 18.11.2019 N 1470 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу пункта 3 распоряжения Правительства Российской Федерации от 29 декабря 2006 г. N 1852-р&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 18.11.2019 N 1470</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">83. Правительство, реализуя право законодательной инициативы, рассматривает и вносит в Государственную Думу проекты федеральных законов, участвует в законопроектной деятельности палат Федерального Собрания, а также Президента Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="582" w:name="P582"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">84. Для рассмотрения в Правительство представляются проект федерального закона и следующие материалы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проект распоряжения Правительства о внесении проекта федерального закона в Государственную Думу и назначении официального представителя (официальных представителей) Правительства при рассмотрении проекта федерального закона палатами Федерального Собрания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId468" w:tooltip="Постановление Правительства РФ от 17.02.2017 N 205 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 17.02.2017 N 205)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пояснительная записка, содержащая изложение предмета законодательного регулирования, основной идеи законопроекта и информацию о соответствии законопроекта положениям </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId469" w:tooltip="&quot;Договор о Евразийском экономическом союзе&quot; (Подписан в г. Астане 29.05.2014) (ред. от 25.05.2023) (с изм. и доп., вступ. в силу с 24.06.2024) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Договора</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о Евразийском экономическом союзе, а также положениям иных международных договоров Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId470" w:tooltip="Постановление Правительства РФ от 13.03.2015 N 222 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 13.03.2015 N 222)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">финансово-экономическое обоснование решений, предлагаемых к принятию проектом федерального закона, оформленное в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P362" w:tooltip="53(1). Финансово-экономическое обоснование решений, предлагаемых к принятию проектом акта, представляет собой описание экономического эффекта от реализации проекта акта, основывается на содержащихся в пояснительной записке к проекту акта финансовом, экономическом и (или) статистическом анализе текущей ситуации по решениям, предлагаемым к принятию проектом акта, прогнозе экономических и иных последствий реализации таких решений, содержит оценку влияния (в том числе косвенного) реализации проекта акта на д...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 53(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P374" w:tooltip="53(2). Финансово-экономическое обоснование к проекту федерального закона, во исполнение которого предполагается принятие ряда актов Правительства, должно содержать в том числе расчеты расходов по осуществлению решений, предусмотренных этими проектами актов Правительства, за исключением случаев, когда проектом федерального закона предусмотрено право (не обязанность) Правительства принять акты Правительства, оказывающие влияние на доходы и расходы соответствующего бюджета бюджетной системы Российской Федер...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">53(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента (представляется в случае внесения проектов федеральных законов, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId471" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">частью 3 статьи 104</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституции Российской Федерации, а также </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P347" w:tooltip="53. Проекты актов вносятся в Правительство с пояснительной запиской, содержащей информацию о соответствии проектов актов положениям Договора о Евразийском экономическом союзе, а также положениям иных международных договоров Российской Федерации, анализ правоприменительной практики, обусловившей необходимость изменения правового регулирования, прогнозы социально-экономических, финансовых и иных последствий реализации предлагаемых решений, в том числе для субъектов предпринимательской и иной экономической ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацем вторым пункта 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента), содержащее в том числе сведения о государственной программе Российской Федерации, для реализации которой разработан проект федерального закона либо к сфере реализации которой он относится, а также прогноз последствий реализации положений проекта федерального закона, направленных на достижение целей указанной государственной программы Российской Федерации, или сведения об отсутствии влияния положений проекта федерального закона на достижение целей государственных программ Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 10.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId472" w:tooltip="Постановление Правительства РФ от 10.06.2013 N 490 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 490</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 18.09.2013 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId473" w:tooltip="Постановление Правительства РФ от 18.09.2013 N 819 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам финансово-экономического обоснования решений, предлагаемых к принятию проектом нормативного правового акта&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 819</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перечень федеральных законов, подлежащих признанию утратившими силу, приостановлению, изменению или принятию в связи с данным проектом федерального закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перечень нормативных правовых актов Президента Российской Федерации, Правительства и федеральных органов исполнительной власти, подлежащих признанию утратившими силу, приостановлению, изменению или принятию в связи с данным проектом федерального закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заключения, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P421" w:tooltip="60. Проекты федеральных законов, указов Президента Российской Федерации нормативного характера и актов Правительства, имеющих нормативный характер (проектов постановлений Правительства), после их согласования в соответствии с пунктами 57 - 59 настоящего Регламента, проведения оценки регулирующего воздействия в случаях, предусмотренных пунктом 60(1) настоящего Регламента, и при условии их размещения в сети Интернет в целях обеспечения возможности проведения независимой антикоррупционной экспертизы в устан...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 60</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P433" w:tooltip="60(1). Проекты нормативных правовых актов в сфере предпринимательской и иной экономической деятельности, содержащие обязательные требования, а также проекты нормативных правовых актов, регулирующих отношения в области организации и осуществления государственного контроля (надзора), отношения по взиманию налогов и сборов в Российской Федерации, отношения, возникающие в процессе осуществления налогового контроля, обжалования актов налоговых органов, действий (бездействия) их должностных лиц, отношения в об...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">60(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P455" w:tooltip="60(4). Проекты федеральных законов о федеральном бюджете и бюджетах государственных внебюджетных фондов Российской Федерации на очередной финансовый год и плановый период (о внесении изменений в федеральный закон о федеральном бюджете и бюджетах государственных внебюджетных фондов Российской Федерации на текущий финансовый год и плановый период), проекты нормативных правовых актов, касающихся расходных обязательств Российской Федерации, федеральных законов, приводящих к изменению доходов федерального бюд...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">60(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 17.12.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId474" w:tooltip="Постановление Правительства РФ от 17.12.2012 N 1318 (ред. от 13.07.2024) &quot;О порядке проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евразийской экономической комиссии, а также о внесении изменений в некоторые акты Правительства Российской Федерации&quot; (вместе с &quot;Правилами проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евр {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1318</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId475" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заключение Института законодательства и сравнительного правоведения при Правительстве Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечни нормативных правовых актов, необходимых для реализации федерального закона, включают в себя наименования проектов нормативных правовых актов, обоснование необходимости их подготовки, примерный срок подготовки, краткое описание каждого акта (цель, предмет и содержание правового регулирования), а также сведения о федеральных органах исполнительной власти либо организациях - головном исполнителе и соисполнителях по разработке проектов указанных актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId476" w:tooltip="Постановление Правительства РФ от 08.10.2012 N 1025 (ред. от 29.08.2020) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 08.10.2012 N 1025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законопроекты предварительно рассматриваются Комиссией Правительства по законопроектной деятельности и вносятся на заседание Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решение о внесении Правительством законопроекта в Государственную Думу принимается исключительно на заседании Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 84 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId477" w:tooltip="Постановление Правительства РФ от 30.04.2009 N 389 (ред. от 18.01.2025) &quot;О мерах по совершенствованию законопроектной деятельности Правительства Российской Федерации&quot; (вместе с &quot;Положением о законопроектной деятельности Правительства Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.04.2009 N 389)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">85. Утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId478" w:tooltip="Постановление Правительства РФ от 30.04.2009 N 389 (ред. от 18.01.2025) &quot;О мерах по совершенствованию законопроектной деятельности Правительства Российской Федерации&quot; (вместе с &quot;Положением о законопроектной деятельности Правительства Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.04.2009 N 389.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">86. В соответствии с решением Правительства о внесении законопроекта в Государственную Думу законопроект с приложением материалов, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId479" w:tooltip="Ссылка на КонсультантПлюс">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Регламентом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственной Думы Федерального Собрания Российской Федерации, направляется в Государственную Думу с сопроводительным письмом, подписанным Председателем Правительства или Заместителем Председателя Правительства, осуществляющим в соответствии с распределением обязанностей взаимодействие с палатами Федерального Собрания. Заключение Правительства, предусмотренное </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId480" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">частью 3 статьи 104</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституции Российской Федерации, по вносимому Правительством законопроекту отдельным документом не оформляется, соответствующие положения включаются в финансово-экономическое обоснование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 86 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId481" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">87. По законопроекту, вносимому в Государственную Думу Правительством, назначается официальный представитель (официальные представители) Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При внесении в Государственную Думу поправок Правительства к законопроекту, подготовленному иными субъектами права законодательной инициативы, Правительством направляется специальный представитель Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По заключению или официальному отзыву Правительства на внесенный законопроект Правительством может быть направлен специальный представитель Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 87 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId482" w:tooltip="Постановление Правительства РФ от 06.09.2021 N 1506 (ред. от 04.08.2023) &quot;Об утверждении Положения об официальных и о специальных представителях Правительства Российской Федерации в палатах Федерального Собрания Российской Федерации и о внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 06.09.2021 N 1506)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особенности подготовки проекта федерального закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о федеральном бюджете (о внесении изменений в федеральный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">закон о федеральном бюджете)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId483" w:tooltip="Постановление Правительства РФ от 01.10.2011 N 807 (ред. от 23.02.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.10.2011 N 807)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">88. Проект федерального закона о федеральном бюджете на очередной финансовый год и плановый период (о внесении изменений в федеральный закон о федеральном бюджете на текущий финансовый год и плановый период) разрабатывается Министерством финансов Российской Федерации в соответствии с бюджетным законодательством с учетом предложений федеральных органов государственной власти, Центрального банка Российской Федерации, а также других органов и организаций, определяемых Правительством. Указанные предложения представляются в порядке и сроки, определяемые Правительством в соответствии с бюджетным законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId484" w:tooltip="Постановление Правительства РФ от 01.10.2011 N 807 (ред. от 23.02.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.10.2011 N 807)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абзац утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId485" w:tooltip="Постановление Правительства РФ от 01.10.2011 N 807 (ред. от 23.02.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.10.2011 N 807.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федеральные министерства, разрабатывающие законопроекты, подлежащие внесению в Государственную Думу одновременно с проектом федерального закона о федеральном бюджете (о внесении изменений в федеральный закон о федеральном бюджете), направляют их с документами и материалами, предусмотренными </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P582" w:tooltip="84. Для рассмотрения в Правительство представляются проект федерального закона и следующие материалы:">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 84</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, в Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId486" w:tooltip="Постановление Правительства РФ от 30.07.2014 N 732 (ред. от 14.11.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.07.2014 N 732)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федеральные министерства, разрабатывающие иные документы и материалы, подлежащие внесению в Государственную Думу одновременно с проектом федерального закона о федеральном бюджете (о внесении изменений в федеральный закон о федеральном бюджете), направляют их в Министерство финансов Российской Федерации для представления Министерством финансов Российской Федерации в Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId487" w:tooltip="Постановление Правительства РФ от 30.07.2014 N 732 (ред. от 14.11.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.07.2014 N 732)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">89. Проект федерального закона о федеральном бюджете с приложением документов, подлежащих внесению одновременно с ним в Государственную Думу в соответствии с бюджетным законодательством, а также документов, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P582" w:tooltip="84. Для рассмотрения в Правительство представляются проект федерального закона и следующие материалы:">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 84</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, представляются в Правительство Министерством финансов Российской Федерации по мере их готовности, но не позднее чем за 15 дней до установленного федеральным законом срока внесения проекта в Государственную Думу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId488" w:tooltip="Постановление Правительства РФ от 01.10.2011 N 807 (ред. от 23.02.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.10.2011 N 807)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">90. Внесенный в Правительство проект федерального закона о федеральном бюджете (о внесении изменений в федеральный закон о федеральном бюджете) по решению Председателя Правительства представляется на заседание Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId489" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 01.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId490" w:tooltip="Постановление Правительства РФ от 01.10.2011 N 807 (ред. от 23.02.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 807</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">91. Одобренный Правительством проект федерального закона о федеральном бюджете (о внесении изменений в федеральный закон о федеральном бюджете) с приложением документов и материалов, предусмотренных бюджетным законодательством, направляется в Государственную Думу с сопроводительным письмом, подписанным Председателем Правительства или Заместителем Председателя Правительства, осуществляющим в соответствии с распределением обязанностей взаимодействие с палатами Федерального Собрания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 91 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId491" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок подготовки проектов нормативных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правовых актов, необходимых для реализации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">федеральных законов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId492" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">91(1). Со дня принятия на заседании Правительства решения о внесении Правительством проекта федерального закона в Государственную Думу федеральный орган исполнительной власти либо организация - головной исполнитель по разработке проектов нормативных правовых актов, необходимых для реализации соответствующего федерального закона, начинает подготовку указанных проектов нормативных правовых актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">91(2). После принятия в первом чтении проекта федерального закона, внесенного в Государственную Думу иным субъектом права законодательной инициативы, Председатель Правительства или Заместитель Председателя Правительства - Руководитель Аппарата Правительства либо должностные лица, исполняющие их обязанности, могут давать федеральным органам исполнительной власти и (или) организациям поручения о подготовке в соответствии со сферами ведения в установленный срок проектов нормативных правовых актов, необходимых для реализации соответствующего федерального закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">91(3). После принятия во втором чтении проекта федерального закона Комиссия Правительства по законопроектной деятельности дает поручение федеральному органу исполнительной власти либо организации о разработке и представлении в Правительство проекта плана-графика подготовки нормативных правовых актов, необходимых для реализации федерального закона (далее - план-график). В случае отсутствия поручения Комиссии Правительства по законопроектной деятельности соответствующее поручение дается Заместителем Председателя Правительства (в соответствии с распределением обязанностей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федеральный орган исполнительной власти либо организация - головной исполнитель обеспечивает подготовку проекта плана-графика, его согласование и представление в Правительство руководителями (их заместителями) федеральных органов исполнительной власти или организаций в электронном виде не позднее чем в 15-дневный срок со дня поступления поручения Комиссии Правительства по законопроектной деятельности либо поручения Заместителя Председателя Правительства (в соответствии с распределением обязанностей) или в срок, установленный соответствующим поручением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект плана-графика согласовывается с руководителями (их заместителями) федеральных органов исполнительной власти, к сфере деятельности которых относится разработка соответствующих проектов нормативных правовых актов, не более чем в 5-дневный срок с даты его поступления на согласование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае непредставления согласующим органом в 5-дневный срок позиции в отношении направленного на согласование проекта плана-графика проект плана-графика считается согласованным и может быть внесен в Правительство (далее - процедура "автосогласования" проектов планов-графиков).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При представлении в Правительство проектов планов-графиков с применением процедуры "автосогласования" проектов планов-графиков федеральный орган исполнительной власти либо организация - головной исполнитель в сопроводительном письме дополнительно отражает информацию о непредставлении в установленный срок позиции соисполнителя и применении процедуры "автосогласования" проектов планов-графиков, а также указывает реквизиты письма, которым проект плана-графика был направлен на согласование (посредством системы межведомственного электронного документооборота).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если соисполнитель, позиция которого не поступила в установленный срок и не была учтена в проекте плана-графика, представил в Правительство предложения и замечания концептуального характера по проекту плана-графика после представления проекта плана-графика в Правительство, руководитель структурного подразделения Аппарата Правительства вправе представить доклад Заместителю Председателя Правительства (в соответствии с распределением обязанностей) для принятия решения о целесообразности их учета и (или) возврате проекта плана-графика для доработки, согласования и представления в Правительство в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процедура "автосогласования" проектов планов-графиков не применяется в отношении согласующего федерального органа исполнительной власти, указанного в проекте плана-графика в качестве головного исполнителя, ответственного за разработку проекта нормативного правового акта, а также в отношении Министерства внутренних дел Российской Федерации, Министерства Российской Федерации по делам гражданской обороны, чрезвычайным ситуациям и ликвидации последствий стихийных бедствий, Министерства иностранных дел Российской Федерации, Министерства обороны Российской Федерации, Министерства финансов Российской Федерации, Службы внешней разведки Российской Федерации, Федеральной службы безопасности Российской Федерации, Федеральной службы по военно-техническому сотрудничеству, Федеральной службы войск национальной гвардии Российской Федерации, Федеральной службы охраны Российской Федерации, Федеральной службы по техническому и экспортному контролю или Главного управления специальных программ Президента Российской Федерации в случае, если они указаны в проекте плана-графика в качестве соисполнителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае представления в Правительство проекта плана-графика с разногласиями в сопроводительном письме дополнительно отражается позиция федерального органа исполнительной власти по неучтенным замечаниям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Разногласия по проектам планов-графиков рассматриваются департаментами (управлениями) Правительства в пределах сфер их ведения и (или) заместителями Руководителя Аппарата Правительства (в соответствии с распределением обязанностей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По неурегулированным разногласиям решение принимается Заместителем Председателя Правительства (в соответствии с распределением обязанностей) одновременно с утверждением плана-графика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План-график утверждается Заместителем Председателя Правительства (в соответствии с распределением обязанностей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При наличии обстоятельств, препятствующих внесению в Правительство и выпуску нормативных правовых актов, необходимых для реализации федерального закона, в установленный планом-графиком срок, федеральный орган исполнительной власти либо организация - головной исполнитель представляет в Правительство мотивированное предложение о продлении срока. Продление срока допускается в исключительных случаях только по решению Председателя Правительства или Заместителя Председателя Правительства - Руководителя Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 91(3) в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId493" w:tooltip="Постановление Правительства РФ от 13.02.2025 N 143 &quot;О внесении изменения в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 13.02.2025 N 143)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">91(4). После принятия во втором чтении проекта федерального закона, содержащего нормы, которые предусматривают основания, и (или) порядок, и (или) условия предоставления гражданам мер социальной поддержки и (или) иные расходы федерального бюджета (бюджетов государственных внебюджетных фондов) и для реализации которых необходимо принятие предусмотренных этим проектом федерального закона нормативных правовых актов, Заместителем Председателя Правительства (в соответствии с распределением обязанностей) дается поручение федеральным органам исполнительной власти и (или) организациям представить в Правительство информацию, содержащую подробное изложение основных нормативных предписаний и сроки принятия указанных нормативных правовых актов, для последующего направления Председателем Правительства или Заместителем Председателя Правительства соответствующей информации в Государственную Думу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">91(5). Правительство на основании предложения федерального органа исполнительной власти либо организации - головного исполнителя по разработке проектов нормативных правовых актов может обратиться в Государственную Думу с просьбой об определении срока рассмотрения проекта федерального закона в третьем чтении с учетом срока представления в Правительство соответствующих проектов нормативных правовых актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">91(6). Внесение проекта нормативного правового акта, необходимого для реализации соответствующего федерального закона, осуществляется в установленном порядке федеральным органом исполнительной власти либо организацией - головным исполнителем по разработке проекта этого нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VII. Порядок участия Правительства в деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федерального Собрания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участие членов Правительства в работе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федерального Собрания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">92. Члены Правительства могут присутствовать и выступать на заседаниях палат Федерального Собрания, их комитетов и комиссий в соответствии с регламентами палат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">93. Члены Правительства обязаны по приглашению палат Федерального Собрания, полученному не менее чем за 5 дней до заседания, присутствовать на заседании и отвечать на вопросы сенаторов Российской Федерации и депутатов Государственной Думы в порядке, определенном регламентами палат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId494" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.04.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId495" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 666</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приглашенный на заседание палаты Федерального Собрания член Правительства информирует об этом Председателя Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае невозможности присутствия на заседании палаты Федерального Собрания член Правительства заблаговременно уведомляет палату о причине своего отсутствия с указанием должностного лица, которое может прибыть на заседание и ответить на поставленные вопросы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">94. Члены Правительства, которым комитетами и комиссиями палат Федерального Собрания направлены письменные обращения по вопросам их ведения, сообщают соответствующим комитетам и комиссиям в согласованные с ними сроки о результатах рассмотрения письменных обращений и о принятых мерах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок подготовки заключений, официальных отзывов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и поправок Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId496" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">95. Заключение Правительства, предусмотренное </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId497" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">частью 3 статьи 104</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституции Российской Федерации, и официальные отзывы Правительства на законопроекты о внесении изменений в Уголовный </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId498" w:tooltip="&quot;Уголовный кодекс Российской Федерации&quot; от 13.06.1996 N 63-ФЗ (ред. от 15.10.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации или </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId499" w:tooltip="&quot;Кодекс Российской Федерации об административных правонарушениях&quot; от 30.12.2001 N 195-ФЗ (ред. от 31.07.2025) (с изм. и доп., вступ. в силу с 22.10.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации об административных правонарушениях представляются субъекту права законодательной инициативы и в Государственную Думу до внесения законопроектов в Государственную Думу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Указанные заключение и официальные отзывы направляются субъекту права законодательной инициативы и в Государственную Думу в срок не более 1 месяца с даты поступления законопроектов в Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 95 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId500" w:tooltip="Постановление Правительства РФ от 14.02.2020 N 140 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 14.02.2020 N 140)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">96. Поправки Правительства к законопроекту направляются в Государственную Думу в период между рассмотрением законопроекта в первом и втором чтении с учетом сроков, установленных Государственной Думой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 96 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId501" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.07.2017 N 813)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">97. Официальный отзыв Правительства на законопроект или принятый закон, за исключением официальных отзывов Правительства на законопроекты о внесении изменений в Уголовный </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId502" w:tooltip="&quot;Уголовный кодекс Российской Федерации&quot; от 13.06.1996 N 63-ФЗ (ред. от 15.10.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации или </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId503" w:tooltip="&quot;Кодекс Российской Федерации об административных правонарушениях&quot; от 30.12.2001 N 195-ФЗ (ред. от 31.07.2025) (с изм. и доп., вступ. в силу с 22.10.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации об административных правонарушениях, может быть направлен в Государственную Думу или Совет Федерации на любой стадии его рассмотрения палатами Федерального Собрания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 97 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId504" w:tooltip="Постановление Правительства РФ от 14.02.2020 N 140 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 14.02.2020 N 140)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">97(1). Официальный отзыв Правительства на законопроект, подготавливаемый к рассмотрению в первом чтении, направляется в Государственную Думу в срок не более 1 месяца с даты поступления законопроекта в Правительство, если Государственной Думой не согласован с Правительством иной срок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 97(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId505" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">98. Подготовка заключений, официальных отзывов и поправок Правительства проводится федеральными министерствами, а также иными федеральными органами исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, в порядке, установленном Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId506" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Головным исполнителем по подготовке заключений и официальных отзывов Правительства на законопроекты о внесении изменений в Уголовный </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId507" w:tooltip="&quot;Уголовный кодекс Российской Федерации&quot; от 13.06.1996 N 63-ФЗ (ред. от 15.10.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации и (или) Уголовно-процессуальный </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId508" w:tooltip="&quot;Уголовно-процессуальный кодекс Российской Федерации&quot; от 18.12.2001 N 174-ФЗ (ред. от 31.07.2025) (с изм. и доп., вступ. в силу с 01.09.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации, а также в Семейный </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId509" w:tooltip="&quot;Семейный кодекс Российской Федерации&quot; от 29.12.1995 N 223-ФЗ (ред. от 23.11.2024, с изм. от 30.10.2025) (с изм. и доп., вступ. в силу с 05.02.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации и поправок Правительства к указанным законопроектам является Министерство юстиции Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId510" w:tooltip="Постановление Правительства РФ от 15.12.2023 N 2157 &quot;О внесении изменения в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.12.2023 N 2157)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Головным исполнителем по подготовке заключений и официальных отзывов Правительства на законопроекты о внесении изменений в Налоговый </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId511" w:tooltip="&quot;Налоговый кодекс Российской Федерации (часть первая)&quot; от 31.07.1998 N 146-ФЗ (ред. от 15.10.2025) (с изм. и доп., вступ. в силу с 01.11.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации или Бюджетный </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId512" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 31.07.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации и поправок Правительства к указанным законопроектам является Министерство финансов Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId513" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.07.2017 N 813; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId514" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="683" w:name="P683"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">99. Законопроект, поступивший на заключение в Правительство от субъекта права законодательной инициативы или Государственной Думы с финансово-экономическим обоснованием и иными необходимыми материалами, в 2-дневный срок направляется Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, для подготовки проекта заключения в соответствующие федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, в том числе в обязательном порядке в Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации и Министерство юстиции Российской Федерации, которые направляют свои предложения головному исполнителю не позднее чем в 5-дневный срок с даты получения ими законопроекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.04.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId515" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 666</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 24.07.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId516" w:tooltip="Постановление Правительства РФ от 24.07.2021 N 1255 &quot;О внесении изменений в пункты 99 и 101 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1255</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 05.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId517" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 432</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Головной исполнитель в 15-дневный срок с даты получения законопроекта обеспечивает подготовку проекта заключения, его согласование с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P711" w:tooltip="102(1). В случае непредставления согласующим органом в 5-дневный срок позиции в отношении направленного на согласование проекта заключения или официального отзыва проект считается согласованным и может быть внесен в Правительство (далее - процедура &quot;автосогласования&quot; проектов заключений и официальных отзывов Правительства).">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пункта 102(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента и представление в Правительство в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId518" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При невозможности представления в указанный срок проекта заключения (в случае наличия разногласий федеральных органов исполнительной власти по проекту заключения или возврата проекта заключения на доработку в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P711" w:tooltip="102(1). В случае непредставления согласующим органом в 5-дневный срок позиции в отношении направленного на согласование проекта заключения или официального отзыва проект считается согласованным и может быть внесен в Правительство (далее - процедура &quot;автосогласования&quot; проектов заключений и официальных отзывов Правительства).">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 102(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента) головной исполнитель однократно согласовывает с субъектом права законодательной инициативы продление срока направления заключения, но не более чем на 30 дней, и письменно информирует Правительство о достигнутом согласии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId519" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 05.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId520" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 432</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае согласования продления срока направления заключения головной исполнитель в 25-дневный срок с даты получения законопроекта обеспечивает подготовку проекта заключения, его согласование с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P711" w:tooltip="102(1). В случае непредставления согласующим органом в 5-дневный срок позиции в отношении направленного на согласование проекта заключения или официального отзыва проект считается согласованным и может быть внесен в Правительство (далее - процедура &quot;автосогласования&quot; проектов заключений и официальных отзывов Правительства).">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пункта 102(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента и представление в Правительство в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId521" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект заключения в обязательном порядке должен содержать информацию о наличии в законопроекте положений, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId522" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">частью 3 статьи 104</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституции Российской Федерации, оценку соответствия законопроекта актам более высокой юридической силы, в том числе </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId523" w:tooltip="&quot;Договор о Евразийском экономическом союзе&quot; (Подписан в г. Астане 29.05.2014) (ред. от 25.05.2023) (с изм. и доп., вступ. в силу с 24.06.2024) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Договору</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о Евразийском экономическом союзе, финансово-экономических последствий принятия законопроекта и его влияния на доходы или расходы соответствующего бюджета бюджетной системы Российской Федерации, а также содержать выводы о позиции Правительства по законопроекту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 24.07.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId524" w:tooltip="Постановление Правительства РФ от 24.07.2021 N 1255 &quot;О внесении изменений в пункты 99 и 101 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1255</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 05.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId525" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 432</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если в указанный срок проект заключения на законопроект в Правительство не представлен, головной исполнитель докладывает в Правительство о причинах несоблюдения установленного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 99 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId526" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.07.2017 N 813)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100. Исключен. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId527" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="696" w:name="P696"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">101. Законопроект, поступивший на официальный отзыв в Правительство из Государственной Думы с необходимыми материалами, в 2-дневный срок направляется Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, для подготовки проекта официального отзыва в соответствующие федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, в том числе в обязательном порядке в Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации и Министерство юстиции Российской Федерации, которые направляют свои предложения головному исполнителю не позднее чем в 5-дневный срок с даты получения ими законопроекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.04.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId528" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 666</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 24.07.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId529" w:tooltip="Постановление Правительства РФ от 24.07.2021 N 1255 &quot;О внесении изменений в пункты 99 и 101 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1255</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 05.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId530" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 432</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Головной исполнитель в 15-дневный срок с даты получения законопроекта обеспечивает подготовку проекта официального отзыва, его согласование с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P711" w:tooltip="102(1). В случае непредставления согласующим органом в 5-дневный срок позиции в отношении направленного на согласование проекта заключения или официального отзыва проект считается согласованным и может быть внесен в Правительство (далее - процедура &quot;автосогласования&quot; проектов заключений и официальных отзывов Правительства).">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пункта 102(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента и представление в Правительство в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.04.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId531" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 666</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 05.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId532" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 432</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При невозможности представления в указанный срок проектов официальных отзывов на законопроекты о внесении изменений в Уголовный </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId533" w:tooltip="&quot;Уголовный кодекс Российской Федерации&quot; от 13.06.1996 N 63-ФЗ (ред. от 15.10.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации или </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId534" w:tooltip="&quot;Кодекс Российской Федерации об административных правонарушениях&quot; от 30.12.2001 N 195-ФЗ (ред. от 31.07.2025) (с изм. и доп., вступ. в силу с 22.10.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации об административных правонарушениях (в случае наличия разногласий федеральных органов исполнительной власти по проекту официального отзыва или возврата проекта официального отзыва на доработку в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P711" w:tooltip="102(1). В случае непредставления согласующим органом в 5-дневный срок позиции в отношении направленного на согласование проекта заключения или официального отзыва проект считается согласованным и может быть внесен в Правительство (далее - процедура &quot;автосогласования&quot; проектов заключений и официальных отзывов Правительства).">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 102(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента) головной исполнитель однократно согласовывает с субъектом права законодательной инициативы продление срока направления официального отзыва, но не более чем на 30 дней, и письменно информирует Правительство о достигнутом согласии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 14.02.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId535" w:tooltip="Постановление Правительства РФ от 14.02.2020 N 140 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 140</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId536" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 05.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId537" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 432</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При невозможности представления в указанный срок проекта официального отзыва на законопроект, поступивший из Государственной Думы, за исключением официальных отзывов Правительства на законопроекты о внесении изменений в Уголовный </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId538" w:tooltip="&quot;Уголовный кодекс Российской Федерации&quot; от 13.06.1996 N 63-ФЗ (ред. от 15.10.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации или </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId539" w:tooltip="&quot;Кодекс Российской Федерации об административных правонарушениях&quot; от 30.12.2001 N 195-ФЗ (ред. от 31.07.2025) (с изм. и доп., вступ. в силу с 22.10.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации об административных правонарушениях (в случае наличия разногласий федеральных органов исполнительной власти по проекту официального отзыва или возврата проекта официального отзыва на доработку в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P711" w:tooltip="102(1). В случае непредставления согласующим органом в 5-дневный срок позиции в отношении направленного на согласование проекта заключения или официального отзыва проект считается согласованным и может быть внесен в Правительство (далее - процедура &quot;автосогласования&quot; проектов заключений и официальных отзывов Правительства).">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 102(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента), головной исполнитель однократно согласовывает с соответствующим Комитетом Государственной Думы продление срока направления официального отзыва, но не более чем на 30 дней, и письменно информирует Правительство о достигнутом согласии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 14.02.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId540" w:tooltip="Постановление Правительства РФ от 14.02.2020 N 140 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 140</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId541" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 05.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId542" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 432</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае согласования продления срока направления официального отзыва головной исполнитель в 25-дневный срок с даты получения законопроекта обеспечивает подготовку проекта официального отзыва, его согласование с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P711" w:tooltip="102(1). В случае непредставления согласующим органом в 5-дневный срок позиции в отношении направленного на согласование проекта заключения или официального отзыва проект считается согласованным и может быть внесен в Правительство (далее - процедура &quot;автосогласования&quot; проектов заключений и официальных отзывов Правительства).">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пункта 102(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента и представление в Правительство в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId543" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект официального отзыва в обязательном порядке должен содержать оценку соответствия законопроекта актам более высокой юридической силы, в том числе </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId544" w:tooltip="&quot;Договор о Евразийском экономическом союзе&quot; (Подписан в г. Астане 29.05.2014) (ред. от 25.05.2023) (с изм. и доп., вступ. в силу с 24.06.2024) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Договору</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о Евразийском экономическом союзе, финансово-экономических последствий принятия законопроекта и его влияния на доходы или расходы соответствующего бюджета бюджетной системы Российской Федерации, а также содержать выводы о позиции Правительства по законопроекту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId545" w:tooltip="Постановление Правительства РФ от 24.07.2021 N 1255 &quot;О внесении изменений в пункты 99 и 101 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 24.07.2021 N 1255; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId546" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если в указанный срок проект официального отзыва на законопроект в Правительство не представлен, головной исполнитель докладывает в Правительство о причинах несоблюдения установленного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 101 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId547" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.07.2017 N 813)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">102. Утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId548" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.07.2017 N 813.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="711" w:name="P711"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">102(1). В случае непредставления согласующим органом в 5-дневный срок позиции в отношении направленного на согласование проекта заключения или официального отзыва проект считается согласованным и может быть внесен в Правительство (далее - процедура "автосогласования" проектов заключений и официальных отзывов Правительства).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При представлении в Правительство проекта заключения или официального отзыва с применением процедуры "автосогласования" проектов заключений и официальных отзывов Правительства федеральный орган исполнительной власти, ответственный за разработку соответствующего проекта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уведомляет соисполнителя, не представившего позицию в установленный срок, о применении процедуры "автосогласования" проектов заключений и официальных отзывов Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в сопроводительном письме дополнительно отражает информацию о непредставлении в установленный срок позиции соисполнителя и применении процедуры "автосогласования" проектов заключений и официальных отзывов Правительства, а также указывает реквизиты письма, которым проект заключения или официального отзыва был направлен на согласование (посредством системы межведомственного электронного документооборота).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если соисполнитель, позиция которого не поступила в установленный срок и не была учтена в проекте заключения или официального отзыва, представил в Правительство замечания концептуального характера по проекту заключения или официального отзыва после представления проекта заключения или официального отзыва в Правительство, руководитель структурного подразделения Аппарата Правительства вправе представить доклад Заместителю Председателя Правительства (в соответствии с распределением обязанностей) для принятия решения о целесообразности учета таких замечаний и (или) возврате представленного в Правительство с применением процедуры "автосогласования" проектов заключений и официальных отзывов Правительства проекта заключения или официального отзыва для доработки и согласования в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 102(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId549" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="717" w:name="P717"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">103. Принятые Государственной Думой в первом чтении законопроекты направляются Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, в соответствии со сферами ведения федеральным органам исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, для подготовки проекта поправок (при необходимости) или проекта официального отзыва.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId550" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Головной исполнитель обеспечивает подготовку проекта поправок, его согласование и представление в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, в Правительство в срок, определяемый с учетом срока, установленного в постановлении Государственной Думы о принятии законопроекта в первом чтении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId551" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если срок для направления в Государственную Думу проекта поправок к законопроекту, установленный в постановлении Государственной Думы о принятии законопроекта в первом чтении, не превышает 45 дней с момента принятия такого постановления, головной исполнитель представляет проект поправок в срок не позднее 15 дней с даты получения законопроекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId552" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок для подготовки, согласования и представления в Правительство головным исполнителем проекта поправок может быть увеличен с учетом срока, установленного в постановлении Государственной Думы о принятии законопроекта в первом чтении, но не более чем на 30 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId553" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При невозможности представления в Правительство проекта поправок к законопроекту в указанный срок головной исполнитель обращается в комитет Государственной Думы с просьбой рассмотреть вопрос о возможности продления срока, но не более чем на 30 дней, и письменно информирует Правительство о достигнутом согласии. В случае если в указанный срок проект поправок к законопроекту в Правительство не представлен, головной исполнитель докладывает в Правительство о причинах несоблюдения установленного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При подготовке проекта поправок к законопроекту учитывается позиция Правительства по законопроекту, содержащаяся в заключении или официальном отзыве Правительства, направленных в Государственную Думу. При этом не допускается включение в проект поправок положений, не относящихся к предмету правового регулирования законопроекта, принятого Государственной Думой в первом чтении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 103 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId554" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">104. Подготовка проектов заключений, официальных отзывов и поправок Правительства осуществляется с учетом требований, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P317" w:tooltip="49. Если поручение, содержащееся в акте Правительства, протоколе заседания Правительства, координационного или совещательного органа Правительства, возглавляемого Председателем Правительства или одним из заместителей Председателя Правительства (в соответствии с распределением обязанностей), Заместителем Председателя Правительства - Руководителем Аппарата Правительства, либо поручение Председателя Правительства или его Заместителя, в том числе содержащееся в протоколе проведенного им совещания или резолюц...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 49</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, и в сроки, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P683" w:tooltip="99. Законопроект, поступивший на заключение в Правительство от субъекта права законодательной инициативы или Государственной Думы с финансово-экономическим обоснованием и иными необходимыми материалами, в 2-дневный срок направляется Аппаратом Правительства в электронном виде с соблюдением требований, установленных пунктом 9(1) настоящего Регламента, для подготовки проекта заключения в соответствующие федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которы...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 99</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P696" w:tooltip="101. Законопроект, поступивший на официальный отзыв в Правительство из Государственной Думы с необходимыми материалами, в 2-дневный срок направляется Аппаратом Правительства в электронном виде с соблюдением требований, установленных пунктом 9(1) настоящего Регламента, для подготовки проекта официального отзыва в соответствующие федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, в том чис...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">101</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P711" w:tooltip="102(1). В случае непредставления согласующим органом в 5-дневный срок позиции в отношении направленного на согласование проекта заключения или официального отзыва проект считается согласованным и может быть внесен в Правительство (далее - процедура &quot;автосогласования&quot; проектов заключений и официальных отзывов Правительства).">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">102(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P717" w:tooltip="103. Принятые Государственной Думой в первом чтении законопроекты направляются Аппаратом Правительства в электронном виде с соблюдением требований, установленных пунктом 9(1) настоящего Регламента, в соответствии со сферами ведения федеральным органам исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, для подготовки проекта поправок (при необходимости) или проекта официального отзыва.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">103</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента. Если Государственной Думой согласованы с Правительством более сжатые сроки, головной исполнитель организует оперативную подготовку соответствующих проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 10.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId555" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 813</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId556" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 05.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId557" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 432</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К проектам поправок Правительства, содержащим положения, которыми устанавливаются, изменяются, передаются, исключаются или изымаются полномочия, в том числе отдельные функции, права и обязанности, подлежащие осуществлению органами государственной власти субъектов Российской Федерации и (или) органами местного самоуправления, готовятся финансово-экономические обоснования, составленные в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P347" w:tooltip="53. Проекты актов вносятся в Правительство с пояснительной запиской, содержащей информацию о соответствии проектов актов положениям Договора о Евразийском экономическом союзе, а также положениям иных международных договоров Российской Федерации, анализ правоприменительной практики, обусловившей необходимость изменения правового регулирования, прогнозы социально-экономических, финансовых и иных последствий реализации предлагаемых решений, в том числе для субъектов предпринимательской и иной экономической ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацем вторым пункта 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId558" w:tooltip="Постановление Правительства РФ от 22.03.2017 N 322 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 22.03.2017 N 322)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министерство юстиции Российской Федерации проводит антикоррупционную экспертизу проектов поправок Правительства к проектам федеральных законов, подготовленным федеральными органами исполнительной власти, иными государственными органами и организациями, при проведении их правовой экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 20.02.2010 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId559" w:tooltip="Постановление Правительства РФ от 20.02.2010 N 72 (ред. от 14.09.2019) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в связи с принятием Федерального закона &quot;Об антикоррупционной экспертизе нормативных правовых актов и проектов нормативных правовых актов&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 72</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 24.04.2013 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId560" w:tooltip="Постановление Правительства РФ от 24.04.2013 N 371 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 371</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты поправок Правительства, содержащие положения, которыми устанавливаются, изменяются, передаются, исключаются или изымаются полномочия, в том числе отдельные функции, права и обязанности, подлежащие осуществлению органами государственной власти субъектов Российской Федерации и (или) органами местного самоуправления, подлежат оценке, осуществляемой Министерством юстиции Российской Федерации и Министерством финансов Российской Федерации в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P425" w:tooltip="В случае если в проекте акта содержатся положения, которыми устанавливаются, изменяются, передаются, исключаются или изымаются полномочия, в том числе отдельные функции, права и обязанности, подлежащие осуществлению органами государственной власти субъектов Российской Федерации и (или) органами местного самоуправления, Министерством юстиции Российской Федерации и Министерством финансов Российской Федерации в заключениях, предусмотренных абзацами первым и вторым настоящего пункта, даются соответственно оц...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацем третьим пункта 60</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId561" w:tooltip="Постановление Правительства РФ от 22.03.2017 N 322 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 22.03.2017 N 322)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проекты поправок Правительства к проектам федеральных законов, в отношении которых ранее проводилась оценка регулирующего воздействия, направляются в заинтересованные федеральные органы исполнительной власти, в том числе в Министерство экономического развития Российской Федерации, для представления позиции головному исполнителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId562" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.07.2017 N 813)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подготовка проектов заключений, официальных отзывов и поправок Правительства осуществляется с учетом необходимости согласования предполагаемых сроков вступления в силу соответствующего федерального закона и сроков подготовки проектов нормативных правовых актов, необходимых для реализации федерального закона. При необходимости соответствующие положения включаются в проекты заключений, официальных отзывов и поправок Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId563" w:tooltip="Постановление Правительства РФ от 30.04.2009 N 389 (ред. от 18.01.2025) &quot;О мерах по совершенствованию законопроектной деятельности Правительства Российской Федерации&quot; (вместе с &quot;Положением о законопроектной деятельности Правительства Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.04.2009 N 389; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId564" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абзац утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId565" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 10.07.2017 N 813.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При поступлении из Государственной Думы в Правительство предложений о проведении оценки регулирующего воздействия в отношении принятых во втором чтении законопроектов Правительство принимает решение о проведении такой оценки. Оценка регулирующего воздействия в отношении указанных законопроектов проводится в порядке, определяемом Правительством. По итогам проведения оценки регулирующего воздействия Председателем Правительства или Заместителем Председателя Правительства, осуществляющим в соответствии с распределением обязанностей взаимодействие с палатами Федерального Собрания, в Государственную Думу направляется информация Правительства о результатах проведения оценки регулирующего воздействия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 10.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId566" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 813</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 07.10.2017 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId567" w:tooltip="Постановление Правительства РФ от 07.10.2017 N 1229 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1229</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">105. Проекты заключений, официальных отзывов и поправок Правительства вносятся в Правительство лицами, указанными в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P148" w:tooltip="7. Проекты актов и другие документы, указанные в пункте 6 настоящего Регламента, могут вноситься на рассмотрение в Правительство членами Правительства, руководителями иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, или лицами, исполняющими их обязанности. Проекты заключений, официальных отзывов и поправок Правительства могут вноситься на рассмотрение в Правительство статс-секретарями - заместителями руководит...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаце первом пункта 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, с приложением всех материалов, поступивших от субъекта права законодательной инициативы или Государственной Думы и от заинтересованных федеральных органов исполнительной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 04.10.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId568" w:tooltip="Постановление Правительства РФ от 04.10.2012 N 1013 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1013</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId569" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Разногласия по проектам заключений, официальных отзывов и поправок Правительства рассматриваются заместителями Председателя Правительства (в соответствии с распределением обязанностей) либо по их поручениям заместителями Руководителя Аппарата Правительства (в соответствии с распределением обязанностей) или департаментами (управлениями) Правительства в пределах сфер их ведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId570" w:tooltip="Постановление Правительства РФ от 19.04.2022 N 700 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.04.2022 N 700)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По неурегулированным разногласиям решение принимается Заместителем Председателя Правительства - Руководителем Аппарата Правительства в течение 5 дней. По решению Заместителя Председателя Правительства - Руководителя Аппарата Правительства неурегулированные разногласия могут быть рассмотрены на заседании Комиссии Правительства по законопроектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId571" w:tooltip="Постановление Правительства РФ от 19.04.2022 N 700 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.04.2022 N 700)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">105(1). Проекты поправок к законопроектам, внесенным Правительством в Государственную Думу, рассматриваются на заседании Комиссии Правительства по законопроектной деятельности. По итогам Комиссия принимает решение о необходимости рассмотрения проектов поправок на заседании Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 105(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId572" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">105(2). При наличии разногласий по проекту заключения или официального отзыва лицо, указанное в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P148" w:tooltip="7. Проекты актов и другие документы, указанные в пункте 6 настоящего Регламента, могут вноситься на рассмотрение в Правительство членами Правительства, руководителями иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, или лицами, исполняющими их обязанности. Проекты заключений, официальных отзывов и поправок Правительства могут вноситься на рассмотрение в Правительство статс-секретарями - заместителями руководит...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаце первом пункта 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, должно обеспечить обсуждение разногласий с руководителями согласующих органов или по указанию руководителей с их заместителями с целью поиска взаимоприемлемого решения. Проект заключения или официального отзыва при наличии разногласий может быть внесен в Правительство только вместе с протоколом согласительного совещания и соответствующими замечаниями. Указанные протокол и замечания подписываются с использованием усиленной квалифицированной электронной подписи руководителями органов, имеющих разногласия, или по указанию руководителей их заместителями и направляются в федеральный орган исполнительной власти, вносящий проект заключения или официального отзыва, с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="7(1). Документы, подлежащие рассмотрению в Правительстве, вносятся должностными лицами, указанными в пункте 7 настоящего Регламента, в виде электронных документов (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписанных этими должностными лицами с использованием усиленной квалифицированной электронной подписи, в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 7(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае непредставления протокола согласительного совещания, подписанного руководителями (заместителями руководителей) согласующих органов, в 5-дневный срок с даты поступления в согласующий орган указанного протокола проект заключения или официального отзыва может быть внесен в Правительство с протоколом согласительного совещания без подписей руководителей (заместителей руководителей) согласующих органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 105(2) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId573" w:tooltip="Постановление Правительства РФ от 05.04.2024 N 432 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.04.2024 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">106. Заключения, официальные отзывы и поправки Правительства подписываются Председателем Правительства или Заместителем Председателя Правительства, осуществляющим в соответствии с распределением обязанностей взаимодействие с палатами Федерального Собрания, как правило, после рассмотрения их проектов на заседании Комиссии Правительства по законопроектной деятельности. Заключение направляется субъекту права законодательной инициативы, вносящему законопроект (первому в группе вносящих законопроект), и в Государственную Думу, а официальные отзывы и поправки - в соответствующую палату Федерального Собрания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId574" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 10.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId575" w:tooltip="Постановление Правительства РФ от 10.07.2017 N 813 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 813</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 29.08.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId576" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1301</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">107. Взаимодействие Правительства с палатами Федерального Собрания организуется членами Правительства и полномочными представителями Правительства в палатах Федерального Собрания, назначаемыми Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Копии материалов, представляемых федеральными органами исполнительной власти в палаты Федерального Собрания по запросам палат или их комитетов, направляются полномочным представителям Правительства в палатах Федерального Собрания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок рассмотрения Правительством парламентских</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" r:id="rId577" w:tooltip="Федеральный закон от 07.05.2013 N 77-ФЗ (ред. от 25.12.2023) &quot;О парламентском контроле&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">запросов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, запросов и обращений сенаторов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Российской Федерации и депутатов Государственной Думы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId578" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="764" w:name="P764"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">108. Подготовку проекта ответа на парламентский запрос Председателю Правительства, заместителям Председателя Правительства по их поручению обеспечивают федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ответ на парламентский запрос дается Председателем Правительства, заместителями Председателя Правительства устно (на заседании соответствующей палаты Федерального Собрания) или в письменной форме не позднее чем в 15-дневный срок со дня получения запроса или в срок, установленный палатой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Запрос сенатора Российской Федерации или депутата Государственной Думы Председателю Правительства или заместителям Председателя Правительства, предусмотренный </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId579" w:tooltip="Федеральный закон от 08.05.1994 N 3-ФЗ (ред. от 07.06.2025) &quot;О статусе сенатора Российской Федерации и статусе депутата Государственной Думы Федерального Собрания Российской Федерации&quot; (с изм. и доп., вступ. в силу с 06.09.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">статьей 14</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона "О статусе сенатора Российской Федерации и статусе депутата Государственной Думы Федерального Собрания Российской Федерации", направляется Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, для подготовки ответа федеральным органам исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство и к ведению которых относятся содержащиеся в депутатском запросе вопросы. Ответ на депутатский запрос направляется в порядке, установленном законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId580" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обращение сенатора Российской Федерации или депутата Государственной Думы к Председателю Правительства или заместителям Председателя Правительства, предусмотренное </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId581" w:tooltip="Федеральный закон от 08.05.1994 N 3-ФЗ (ред. от 07.06.2025) &quot;О статусе сенатора Российской Федерации и статусе депутата Государственной Думы Федерального Собрания Российской Федерации&quot; (с изм. и доп., вступ. в силу с 06.09.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">статьей 17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона "О статусе сенатора Российской Федерации и статусе депутата Государственной Думы Федерального Собрания Российской Федерации", направляется Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, для ответа федеральным органам исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство. Ответ на обращение (предоставление запрашиваемых документов или сведений) дается соответствующим руководителем федерального органа исполнительной власти или его заместителем в письменной форме не позднее чем в 30-дневный срок со дня поступления обращения в Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId582" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 108 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId583" w:tooltip="Постановление Правительства РФ от 30.11.2009 N 967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2009 N 967)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="771" w:name="P771"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">109. Обращения комитетов и комиссий палат Федерального Собрания по вопросам их ведения к Председателю Правительства, заместителям Председателя Правительства, поступившие в Правительство, направляются Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, для ответа в соответствии со сферами ведения федеральным органам исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство. Копии ответов направляются в Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.04.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId584" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 666</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 07.09.2023 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId585" w:tooltip="Постановление Правительства РФ от 07.09.2023 N 1456 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1456</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обращения комитетов и комиссий палат Федерального Собрания по вопросам их ведения к Председателю Правительства, заместителям Председателя Правительства, подготовленные в соответствии с поручениями палат Федерального Собрания, поступившие в Правительство, направляются Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, в соответствии со сферами ведения федеральным органам исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, для подготовки проекта ответа. Ответ на соответствующее обращение (предоставление запрашиваемых документов или сведений) дается Председателем Правительства, Заместителем Председателя Правительства в письменной форме не позднее чем в 30-дневный срок со дня поступления обращения в Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId586" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О результатах рассмотрения обращений сообщается в соответствующие комитеты или комиссии в согласованные с ними сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId587" w:tooltip="Постановление Правительства РФ от 07.09.2023 N 1456 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.09.2023 N 1456)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="777" w:name="P777"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">109(1). Ответы федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, на запросы или обращения сенаторов Российской Федерации, депутатов Государственной Думы, обращения комитетов и комиссий палат Федерального Собрания, поступившие в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P764" w:tooltip="108. Подготовку проекта ответа на парламентский запрос Председателю Правительства, заместителям Председателя Правительства по их поручению обеспечивают федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 108</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P771" w:tooltip="109. Обращения комитетов и комиссий палат Федерального Собрания по вопросам их ведения к Председателю Правительства, заместителям Председателя Правительства, поступившие в Правительство, направляются Аппаратом Правительства в электронном виде с соблюдением требований, установленных пунктом 9(1) настоящего Регламента, для ответа в соответствии со сферами ведения федеральным органам исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство. Копии...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">109</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента или непосредственно в федеральный орган исполнительной власти, по вопросам рассмотрения законопроектов, поступивших на заключение или на официальный отзыв в Правительство от субъектов права законодательной инициативы или Государственной Думы, подготовки проектов поправок к законопроектам должны быть подготовлены с учетом позиции Правительства по соответствующему законопроекту, содержащейся в заключении или официальном отзыве Правительства на законопроект или поправках к законопроекту. Копии ответов направляются в Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае отсутствия соответствующей позиции Правительства проекты ответов федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, на запросы или обращения, указанные в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P777" w:tooltip="109(1). Ответы федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, на запросы или обращения сенаторов Российской Федерации, депутатов Государственной Думы, обращения комитетов и комиссий палат Федерального Собрания, поступившие в соответствии с пунктами 108 и 109 настоящего Регламента или непосредственно в федеральный орган исполнительной власти, по вопросам рассмотрения законопроектов, поступивших на заключение или н...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаце первом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, направляются на согласование в Аппарат Правительства не позднее чем за 5 дней до истечения установленного срока ответа на запрос или обращение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 109(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId588" w:tooltip="Постановление Правительства РФ от 07.09.2023 N 1456 &quot;О внесении изменений в Регламент Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.09.2023 N 1456)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VIII. Порядок взаимоотношений Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с органами судебной власти</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">110. В соответствии с Федеральным конституционным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId589" w:tooltip="Федеральный конституционный закон от 31.12.1996 N 1-ФКЗ (ред. от 23.07.2025) &quot;О судебной системе Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О судебной системе Российской Федерации" Правительство разрабатывает проект федерального закона о федеральном бюджете в части финансового обеспечения деятельности судов во взаимодействии с председателями Конституционного Суда Российской Федерации, Верховного Суда Российской Федерации, генеральным директором Судебного департамента при Верховном Суде Российской Федерации и Советом судей Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId590" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">111. Предложения о финансовом обеспечении деятельности в очередном финансовом году судов, мировых судей и квалификационных коллегий судей, согласованные с Советом судей Российской Федерации, представляются в Правительство Конституционным Судом Российской Федерации и Судебным департаментом при Верховном Суде Российской Федерации за 60 дней до установленного федеральным законом срока внесения проекта федерального закона о федеральном бюджете в Государственную Думу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId591" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">112. Представители Конституционного Суда Российской Федерации, Верховного Суда Российской Федерации и генеральный директор Судебного департамента при Верховном Суде Российской Федерации участвуют в обсуждении проекта федерального закона о федеральном бюджете в части финансового обеспечения деятельности судов с целью устранения разногласий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId592" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При наличии неустраненных разногласий Правительство прилагает к проекту федерального закона о федеральном бюджете предложения соответствующих судов, Судебного департамента при Верховном Суде Российской Федерации и Совета судей Российской Федерации со своим заключением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">113. В случае признания Конституционным Судом Российской Федерации федеральных законов или их отдельных положений неконституционными Правительство в пределах своих полномочий принимает меры, предусмотренные Федеральным конституционным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId593" w:tooltip="Федеральный конституционный закон от 21.07.1994 N 1-ФКЗ (ред. от 31.07.2023) &quot;О Конституционном Суде Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О Конституционном Суде Российской Федерации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">114. В случае признания соответствующими судами актов Правительства или их отдельных положений не соответствующими </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId594" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации, федеральным законам и указам Президента Российской Федерации Правительство принимает решения о приведении указанных актов в соответствие с федеральным законодательством. Решения судов незамедлительно доводятся Правительством до сведения всех органов и организаций, которым рассылались соответствующие акты Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">115. Для представления позиции Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации Правительство из числа лиц, имеющих ученую степень по юридической специальности, назначает полномочного представителя Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации, действующего от имени Правительства без доверенности. Полномочный представитель координирует деятельность иных представителей Правительства, представляющих интересы Правительства в указанных судах в соответствии с настоящим Регламентом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 115 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId595" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">116. В соответствии с Федеральным конституционным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId596" w:tooltip="Федеральный конституционный закон от 21.07.1994 N 1-ФКЗ (ред. от 31.07.2023) &quot;О Конституционном Суде Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О Конституционном Суде Российской Федерации" представителями Правительства в Конституционном Суде Российской Федерации могут быть Председатель Правительства, полномочный представитель Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации, а также представители по отдельным делам, назначаемые поручениями Председателя Правительства из числа адвокатов или лиц, имеющих ученую степень по юридической специальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId597" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">117. Лица, назначенные представителями Правительства в Конституционном Суде Российской Федерации по отдельным делам, согласовывают позицию с Председателем Правительства или по его поручению с заместителями Председателя Правительства (в соответствии с распределением обязанностей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId598" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...30 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Представители Правительства в Конституционном Суде Российской Федерации координируют свои действия с полномочным представителем Президента Российской Федерации в Конституционном Суде Российской Федерации, а представители по отдельным делам - с полномочным представителем Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223">
-[...60 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId599" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="801" w:name="P801"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">118. В случае предъявления в суд общей юрисдикции и в арбитражный суд (кроме Верховного Суда Российской Федерации) исковых или иных требований к Правительству представление интересов Правительства в суде осуществляют без дополнительного поручения федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, на основании направленных им Аппаратом Правительства документов, поступивших в Правительство, а также сотрудники Аппарата Правительства по доверенности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2009 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId600" w:tooltip="Постановление Правительства РФ от 30.11.2009 N 968 &quot;О внесении изменений в пункт 118 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 968</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 15.04.2014 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId601" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 333</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае предъявления в суд общей юрисдикции или в арбитражный суд исковых или иных требований к Аппарату Правительства представление интересов Аппарата Правительства в суде (кроме Верховного Суда Российской Федерации) осуществляют сотрудники Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId602" w:tooltip="Постановление Правительства РФ от 30.11.2009 N 968 &quot;О внесении изменений в пункт 118 Регламента Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2009 N 968; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId603" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="805" w:name="P805"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">119. В случае обращения Правительства в суд для разрешения возникшего спора распоряжением Правительства либо поручением Председателя Правительства или Заместителя Председателя Правительства соответствующим федеральным органам исполнительной власти или полномочному представителю Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации (в зависимости от характера заявленных требований) поручается представлять интересы Правительства в суде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225">
-[...302 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId604" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">120. Полномочный представитель Правительства и руководители федеральных органов исполнительной власти, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P801" w:tooltip="118. В случае предъявления в суд общей юрисдикции и в арбитражный суд (кроме Верховного Суда Российской Федерации) исковых или иных требований к Правительству представление интересов Правительства в суде осуществляют без дополнительного поручения федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, на основании направленных им Аппаратом Правительства документов, поступивших в Правительство...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктах 118</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P805" w:tooltip="119. В случае обращения Правительства в суд для разрешения возникшего спора распоряжением Правительства либо поручением Председателя Правительства или Заместителя Председателя Правительства соответствующим федеральным органам исполнительной власти или полномочному представителю Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации (в зависимости от характера заявленных требований) поручается представлять интересы Правительства в суде.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">119</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, выступают представителями Правительства в соответствующем суде и вправе совершать от имени Правительства все процессуальные действия, в том числе имеют право на подписание искового заявления и отзыва на исковое заявление, заявления об обеспечении иска, на полный или частичный отказ от исковых требований и признание иска, изменение оснований или предмета иска, заключение мирового соглашения по фактическим обстоятельствам, а также право на подписание заявления о пересмотре судебных актов по вновь открывшимся обстоятельствам, обжалование судебного акта, получение присужденных денежных средств и иного имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководители федеральных органов исполнительной власти, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P801" w:tooltip="118. В случае предъявления в суд общей юрисдикции и в арбитражный суд (кроме Верховного Суда Российской Федерации) исковых или иных требований к Правительству представление интересов Правительства в суде осуществляют без дополнительного поручения федеральные министерства, иные федеральные органы исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, на основании направленных им Аппаратом Правительства документов, поступивших в Правительство...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктах 118</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P805" w:tooltip="119. В случае обращения Правительства в суд для разрешения возникшего спора распоряжением Правительства либо поручением Председателя Правительства или Заместителя Председателя Правительства соответствующим федеральным органам исполнительной власти или полномочному представителю Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации (в зависимости от характера заявленных требований) поручается представлять интересы Правительства в суде.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">119</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, могут назначать в соответствии с законодательством Российской Федерации представителей Правительства в суде из числа лиц, состоящих в штате этих и подведомственных им органов (центральном аппарате, территориальных и иных органах), либо привлекать адвокатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Полномочия указанных лиц определяются в доверенности, которую подписывает руководитель соответствующего федерального органа исполнительной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">121. Представление интересов Правительства в Верховном Суде Российской Федерации осуществляет полномочный представитель Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации либо представители по отдельным делам, определенные поручением Председателя Правительства или Заместителя Председателя Правительства. Представители Правительства по отдельным делам согласовывают позицию с Председателем Правительства или по его поручению с одним из его заместителей. Представители Правительства по отдельным делам координируют свою деятельность с полномочным представителем Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 121 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId605" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">122. Федеральные министры, руководители иных федеральных органов исполнительной власти, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, представляют Правительство в суде без доверенности. Полномочия иного представителя Правительства в суде, действующего по их поручению, должны быть указаны в доверенности, подписанной руководителем соответствующего федерального органа исполнительной власти и оформленной в соответствии с законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">123. Федеральный орган исполнительной власти, назначивший представителя Правительства в суде, обязан в сроки, установленные процессуальным законодательством Российской Федерации для обжалования судебных решений, доложить в Правительство о результатах рассмотрения дела в суде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае удовлетворения судом требований, предъявленных к Правительству (кроме исковых или иных требований, связанных с долговыми обязательствами Российской Федерации), соответствующий федеральный орган исполнительной власти в установленном порядке незамедлительно докладывает о принятом решении, вносит предложения об обжаловании решения суда, а по вступлении судебного решения в силу - о мерах по его выполнению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">124. Доклады о результатах рассмотрения судами исковых или иных предъявленных к Правительству требований, связанных с долговыми обязательствами Российской Федерации, представляются в Правительство не позднее января и июля по всем делам, рассмотренным за отчетное полугодие, если в ходе судебного процесса не возникли обстоятельства, не терпящие отлагательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">124(1). Федеральные органы исполнительной власти в случае получения требования (запроса) Конституционного Суда Российской Федерации, судьи Конституционного Суда Российской Федерации в связи с рассмотрением ими дел, а также обращения (повестки, письма) Верховного Суда Российской Федерации, судьи Верховного Суда Российской Федерации в связи с рассмотрением ими дел, стороной по которым является Правительство, незамедлительно уведомляют об этом полномочного представителя Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и направляют ему копии поступивших материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект ответа федерального органа исполнительной власти, подготовленный по результатам рассмотрения требования (запроса) Конституционного Суда Российской Федерации, судьи Конституционного Суда Российской Федерации, обращения (повестки, письма) Верховного Суда Российской Федерации, судьи Верховного Суда Российской Федерации, подлежит направлению полномочному представителю Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации на рассмотрение в течение 14 дней со дня их получения федеральным органом исполнительной власти, но не позднее 10 дней до истечения срока, отведенного федеральному органу исполнительной власти на их исполнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект ответа федерального органа исполнительной власти рассматривается полномочным представителем Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации в течение 5 дней со дня его поступления, но не позднее срока, установленного Федеральным конституционным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId606" w:tooltip="Федеральный конституционный закон от 21.07.1994 N 1-ФКЗ (ред. от 31.07.2023) &quot;О Конституционном Суде Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О Конституционном Суде Российской Федерации", требованием (запросом) Конституционного Суда Российской Федерации, судьи Конституционного Суда Российской Федерации, обращением (повесткой, письмом) Верховного Суда Российской Федерации, судьи Верховного Суда Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При наличии замечаний полномочного представителя Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации федеральный орган исполнительной власти дорабатывает проект ответа и после доработки направляет его соответственно в Конституционный Суд Российской Федерации, судье Конституционного Суда Российской Федерации, в Верховный Суд Российской Федерации, судье Верховного Суда Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия федерального органа исполнительной власти с позицией полномочного представителя Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации вопрос рассматривается заместителем Руководителя Аппарата Правительства, организующим законопроектную деятельность Правительства, с участием руководителя федерального органа исполнительной власти или его заместителя (по указанию руководителя) и полномочного представителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если единая позиция не была выработана, решение относительно проекта ответа принимается Заместителем Председателя Правительства - Руководителем Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 124(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId607" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">124(2). Полномочный представитель Правительства в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации в 2-дневный срок после официального опубликования постановления Конституционного Суда Российской Федерации представляет Заместителю Председателя Правительства - Руководителю Аппарата Правительства и заместителю Руководителя Аппарата Правительства, организующему законопроектную деятельность Правительства, справку, содержащую информацию о принятом постановлении (реквизиты, обстоятельства рассмотрения дела, сущность принятого решения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 124(2) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId608" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IX. Порядок работы с обращениями граждан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">125. Правительство в пределах своей компетенции обеспечивает рассмотрение обращений граждан, принятие по ним решений и направление ответа в установленный законом срок. В этих целях Правительство организует прием граждан членами Правительства и иными должностными лицами и работу с письменными обращениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">126. Запись на личный прием к руководителям федеральных органов исполнительной власти, а также организация приема ими граждан обеспечиваются соответствующими федеральными органами исполнительной власти. Организация исполнения решений по результатам приема граждан возлагается на органы исполнительной власти, в компетенцию которых входят рассмотренные вопросы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 126 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId609" w:tooltip="Постановление Правительства РФ от 25.07.2024 N 1007 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 25.07.2024 N 1007)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">127. Работу с индивидуальными и коллективными письменными обращениями граждан, поступившими в Правительство, организует Аппарат Правительства. Обращение в зависимости от содержания докладывается Председателю Правительства, одному из заместителей Председателя Правительства (в соответствии с распределением обязанностей) или Заместителю Председателя Правительства - Руководителю Аппарата Правительства либо в течение 7 дней со дня регистрации направляется Аппаратом Правительства в электронном виде с соблюдением требований, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P160" w:tooltip="9(1). Документы направляются Аппаратом Правительства в электронном виде (за исключением случаев, когда документы содержат сведения, составляющие государственную тайну, или сведения конфиденциального характера), подписываются должностными лицами с использованием усиленной квалифицированной электронной подписи в установленном порядке с соблюдением требований информационной безопасности.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 9(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, для рассмотрения и ответа органам исполнительной власти, в компетенцию которых входит решение поставленных в обращении вопросов, с уведомлением гражданина, направившего обращение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 127 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId610" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...549 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">X. Порядок обеспечения доступа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к информации о деятельности Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId611" w:tooltip="Постановление Правительства РФ от 02.09.2009 N 713 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 02.09.2009 N 713)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...140 lines deleted...]
-        <w:pStyle w:val="ConsPlusTitle"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
-[...191 lines deleted...]
-        <w:pStyle w:val="ConsPlusTitle"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">128. Правительство в пределах своих полномочий, установленных законодательством Российской Федерации, обеспечивает доступ к информации справочного и (или) содержательного характера о деятельности Правительства. Указанная информация предоставляется в устной и (или) документарной формах, в том числе в виде электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">129. Информация о деятельности Правительства размещается на официальном сайте Правительства в сети Интернет. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId612" w:tooltip="Постановление Правительства РФ от 24.11.2009 N 953 (ред. от 25.07.2024) &quot;Об обеспечении доступа к информации о деятельности Правительства Российской Федерации, подведомственных ему организаций и федеральных органов исполнительной власти&quot; (вместе с &quot;Требованиями к технологическим, программным и лингвистическим средствам обеспечения пользования официальным сайтом Правительства Российской Федерации и официальными сайтами организаций, подведомственных Правительству Российской Федерации, в информационно-телекомм {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Требования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к технологическим, программным и лингвистическим средствам обеспечения пользования официальным сайтом Правительства в сети Интернет утверждаются Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">130. Правила обеспечения доступа к информации о деятельности Правительства, а также ее </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId613" w:tooltip="Постановление Правительства РФ от 24.11.2009 N 953 (ред. от 25.07.2024) &quot;Об обеспечении доступа к информации о деятельности Правительства Российской Федерации, подведомственных ему организаций и федеральных органов исполнительной власти&quot; (вместе с &quot;Требованиями к технологическим, программным и лингвистическим средствам обеспечения пользования официальным сайтом Правительства Российской Федерации и официальными сайтами организаций, подведомственных Правительству Российской Федерации, в информационно-телекомм {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">перечень</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждаются Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">131. Работу с запросами информации о деятельности Правительства организует Аппарат Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:outlineLvl w:val="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утверждено</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Постановлением Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Российской Федерации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 1 июня 2004 г. N 260</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="853" w:name="P853"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
-[...48 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОБ АППАРАТЕ ПРАВИТЕЛЬСТВА РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
         <w:spacing w:after="1"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
+          <w:insideV w:val="nil"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="nil"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="113"/>
-        <w:gridCol w:w="9069"/>
+        <w:gridCol w:w="9921"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C6323">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="ced3f1"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="CED3F1"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="113" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="113" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Список изменяющих документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId614" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 492</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 28.03.2008 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId615" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 221</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 19.05.2008 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId616" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 376</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 26.11.2008 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId617" w:tooltip="Постановление Правительства РФ от 26.11.2008 N 888 (ред. от 18.11.2024) &quot;Об утверждении регламента Государственной корпорации по атомной энергии &quot;Росатом&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 888</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 02.09.2009 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId618" w:tooltip="Постановление Правительства РФ от 02.09.2009 N 713 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 713</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId619" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 947</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 15.04.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId620" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 333</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 10.12.2014 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId621" w:tooltip="Постановление Правительства РФ от 10.12.2014 N 1345 &quot;О внесении изменения в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1345</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 07.12.2015 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId622" w:tooltip="Постановление Правительства РФ от 07.12.2015 N 1335 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1335</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 28.02.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId623" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 212</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 29.08.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId624" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1301</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 27.11.2020 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId625" w:tooltip="Постановление Правительства РФ от 27.11.2020 N 1956 &quot;О внесении изменения в Положение об Аппарате Правительства Российской Федерации и признании утратившим силу распоряжения Правительства Российской Федерации от 18 октября 2000 г. N 1478-р&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1956</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 14.04.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId626" w:tooltip="Постановление Правительства РФ от 14.04.2021 N 588 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 588</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 28.04.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId627" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 666</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 13.05.2021 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId628" w:tooltip="Постановление Правительства РФ от 13.05.2021 N 728 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 728</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 18.11.2024 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId629" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1578</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
-[...5 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...59 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...134 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Аппарат Правительства Российской Федерации является государственным органом, образованным для обеспечения деятельности Правительства Российской Федерации (далее - Правительство) и Председателя Правительства, а также организации контроля за выполнением органами исполнительной власти принятых ими решений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId630" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.05.2008 N 376)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. В своей работе Аппарат Правительства руководствуется </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId631" w:tooltip="&quot;Конституция Российской Федерации&quot; (принята всенародным голосованием 12.12.1993 с изменениями, одобренными в ходе общероссийского голосования 01.07.2020) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации, Федеральным конституционным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId632" w:tooltip="Федеральный конституционный закон от 06.11.2020 N 4-ФКЗ &quot;О Правительстве Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О Правительстве Российской Федерации", другими федеральными законами, указами и распоряжениями Президента Российской Федерации, постановлениями и распоряжениями Правительства, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P75" w:tooltip="РЕГЛАМЕНТ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Регламентом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства, а также настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аппарат Правительства работает под руководством Председателя Правительства и возглавляется Заместителем Председателя Правительства - Руководителем Аппарата Правительства или федеральным министром (далее - Руководитель Аппарата Правительства).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId633" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2008 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267">
-[...61 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId634" w:tooltip="Постановление Правительства РФ от 28.03.2008 N 221 (ред. от 03.04.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 221</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Аппарат Правительства взаимодействует с Администрацией Президента Российской Федерации, аппаратами Государственной Думы и Совета Федерации Федерального Собрания Российской Федерации (далее соответственно - Государственная Дума, Совет Федерации, Федеральное Собрание) и обеспечивает совместно с органами исполнительной власти и другими государственными органами реализацию полномочий Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Взаимодействие Аппарата Правительства с Государственной корпорацией по атомной энергии "Росатом" и Государственной корпорацией по космической деятельности "Роскосмос", а в части подготовки и внесения в Правительство проектов решений о подготовке и реализации бюджетных инвестиций в объекты государственной собственности Российской Федерации в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId635" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 31.07.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацем вторым пункта 3 статьи 79</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного кодекса Российской Федерации - с публично-правовой компанией "Единый заказчик в сфере строительства" осуществляется в соответствии с настоящим Положением, если иные правила не установлены актами Президента Российской Федерации и Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 3.1 введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId636" w:tooltip="Постановление Правительства РФ от 26.11.2008 N 888 (ред. от 18.11.2024) &quot;Об утверждении регламента Государственной корпорации по атомной энергии &quot;Росатом&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.11.2008 N 888; в ред. Постановлений Правительства РФ от 07.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId637" w:tooltip="Постановление Правительства РФ от 07.12.2015 N 1335 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1335</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 14.04.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId638" w:tooltip="Постановление Правительства РФ от 14.04.2021 N 588 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 588</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">II. Функции Аппарата Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Аппарат Правительства выполняет следующие основные функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) осуществляет контроль за соблюдением требований </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P75" w:tooltip="РЕГЛАМЕНТ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Регламента</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства при внесении в Правительство проектов федеральных законов, указов и распоряжений Президента Российской Федерации, постановлений и распоряжений Правительства, международных договоров Российской Федерации и других документов, требующих рассмотрения в Правительстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а(1)) обеспечивает представление Председателю Правительства внесенного Министерством экономического развития Российской Федерации, Министерством финансов Российской Федерации и Министерством иностранных дел Российской Федерации (по результатам согласования с иными федеральными органами исполнительной власти и общественного обсуждения) проекта основных направлений деятельности Правительства по реализации внутренней и внешней политики Российской Федерации для их утверждения Председателем Правительства, а также осуществляет контроль за реализацией указанных основных направлений деятельности Правительства органами исполнительной власти;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "а(1)" в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId639" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) подготавливает экспертные заключения на поступившие в Правительство проекты актов и других документов, по которым требуется решение Правительства, представляет Председателю Правительства, Первому заместителю Председателя Правительства, заместителям Председателя Правительства и Руководителю Аппарата Правительства предложения по этим документам, а также аналитические и справочные материалы по вопросам, рассматриваемым в Правительстве, в том числе на заседаниях координационных и совещательных органов, возглавляемых Председателем Правительства, материалы для других мероприятий с участием Председателя Правительства, запрашивает в установленном порядке информационные и иные материалы, необходимые для деятельности Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId640" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.05.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId641" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 376</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId642" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б(1)) подготавливает поручения Председателя Правительства, Первого заместителя Председателя Правительства и заместителей Председателя Правительства во исполнение поручений и указаний Президента Российской Федерации и обеспечивает контроль за их исполнением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "б(1)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId643" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) организует контроль за выполнением органами исполнительной власти решений Правительства, а также поручений Председателя Правительства, Первого заместителя Председателя Правительства и заместителей Председателя Правительства, при необходимости разрабатывает и представляет Председателю Правительства, Первому заместителю Председателя Правительства и заместителям Председателя Правительства предложения о дополнительных мерах по обеспечению выполнения этих решений и поручений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "в" в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId644" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) осуществляет организационное обеспечение заседаний Правительства и его Президиума, подготовку совещаний и других мероприятий, проводимых с участием Председателя Правительства, Первого заместителя Председателя Правительства и заместителей Председателя Правительства, оформляет принятые решения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId645" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId646" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г.1) проводит по указанию Председателя Правительства, Первого заместителя Председателя Правительства, заместителей Председателя Правительства или Руководителя Аппарата Правительства совещания с участием руководителей заинтересованных федеральных органов исполнительной власти и исполнительных органов субъектов Российской Федерации или уполномоченных ими заместителей, приглашает на совещания представителей других государственных органов, организаций, специалистов и ученых в целях выполнения органами исполнительной власти решений Правительства, поручений Председателя Правительства, Первого заместителя Председателя Правительства и заместителей Председателя Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "г.1" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId647" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492; в ред. Постановлений Правительства РФ от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId648" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 18.11.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId649" w:tooltip="Постановление Правительства РФ от 18.11.2024 N 1578 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1578</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д) обеспечивает взаимодействие Правительства с палатами Федерального Собрания при осуществлении законопроектной деятельности и организует участие представителей Правительства в деятельности палат Федерального Собрания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) организует проработку поступивших в Правительство парламентских запросов, готовит по ним проекты поручений Председателя Правительства, Первого заместителя Председателя Правительства и заместителей Председателя Правительства, направляет запросы и обращения сенаторов Российской Федерации и депутатов Государственной Думы, комитетов и комиссий палат Федерального Собрания в соответствующие федеральные министерства и другие федеральные органы исполнительной власти для рассмотрения и ответа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId650" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.04.2021 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId651" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 666</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж) направляет в федеральные министерства, федеральные службы и федеральные агентства, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, проекты федеральных законов, поступающие от субъектов права законодательной инициативы и Государственной Думы, для подготовки проектов заключений, официальных отзывов и поправок Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId652" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...19 lines deleted...]
-        <w:pStyle w:val="ConsPlusTitle"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з) обеспечивает представление интересов Правительства в Конституционном Суде Российской Федерации, Верховном Суде Российской Федерации, а также организует представление интересов Правительства в судах федеральными министерствами, федеральными службами и федеральными агентствами, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId653" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 333 (ред. от 15.07.2014) &quot;Об утверждении Положения о полномочном представителе Правительства Российской Федерации в Конституционном Суде Российской Федерации и Верховном Суде Российской Федерации и внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и) рассматривает обращения граждан и организаций, адресованные в Правительство, направляет эти обращения в соответствующие государственные органы и органы местного самоуправления для рассмотрения и принятия мер, организует прием граждан членами Правительства, а также проводит информационно-аналитическую работу с указанными обращениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и.1) подготавливает для Председателя Правительства материалы к его докладам и выступлениям, а также необходимые аналитические и справочные материалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "и.1" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId654" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.05.2008 N 376)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и.2) обеспечивает работу с запросами информации о деятельности Правительства в соответствии с законодательством Российской Федерации, а также проводит информационно-аналитическую работу с указанными запросами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "и.2" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId655" w:tooltip="Постановление Правительства РФ от 02.09.2009 N 713 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 02.09.2009 N 713)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к) обеспечивает организацию проведения протокольных мероприятий Правительства, в том числе мероприятий с участием Председателя Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId656" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.05.2008 N 376)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л) обеспечивает ведение делопроизводства, соблюдение режима секретности и защиту сведений, составляющих государственную тайну, и иной охраняемой законом информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м) выполняет другие функции в соответствии с решениями Правительства и поручениями Председателя Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">III. Структура Аппарата Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и организация его работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId657" w:tooltip="Распоряжение Правительства РФ от 22.01.2020 N 56-р (ред. от 25.10.2022) &lt;Об утверждении структуры Аппарата Правительства Российской Федерации и о признании утратившими силу некоторых актов Правительства Российской Федерации&gt; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Структура</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аппарата Правительства включает в себя руководство Аппарата и подразделения Аппарата - департаменты Правительства, управления Правительства и секретариаты Председателя Правительства, Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства. В составе департаментов и управлений создаются отделы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 5 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId658" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. В штатное расписание подразделений Аппарата Правительства включаются должности, предусмотренные утвержденным в установленном порядке Реестром должностей федеральной государственной гражданской службы. Кроме того, в указанное штатное расписание могут включаться должности, не относящиеся к должностям федеральной государственной гражданской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 6 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId659" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Работа Аппарата Правительства организуется в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P75" w:tooltip="РЕГЛАМЕНТ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Регламентом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства, настоящим Положением, Инструкцией по делопроизводству в Аппарате Правительства, а также с утвержденными Руководителем Аппарата Правительства основными вопросами сфер ведения департаментов (управлений), приказами и поручениями Руководителя Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId660" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="2"/>
-      </w:pPr>
-[...37 lines deleted...]
-      <w:r>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель Аппарата Правительства и его заместители</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Руководитель Аппарата Правительства назначается на должность Президентом Российской Федерации после утверждения его кандидатуры Государственной Думой по представлению Председателя Правительства и освобождается от должности Президентом Российской Федерации. Руководитель Аппарата Правительства имеет заместителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 8 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId661" w:tooltip="Постановление Правительства РФ от 13.05.2021 N 728 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 13.05.2021 N 728)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Руководитель Аппарата Правительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) организует деятельность Аппарата Правительства и несет ответственность за выполнение возложенных на Аппарат Правительства функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) формирует в установленном порядке проекты плана заседаний Правительства на очередной период и повесток заседаний Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) докладывает Председателю Правительства материалы с проектами актов, по которым требуется решение Правительства, и иных документов с соответствующими предложениями по результатам их подготовки Аппаратом Правительства к рассмотрению в Правительстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) распределяет обязанности между заместителями Руководителя Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д) устанавливает порядок работы подразделений Аппарата Правительства, а также определяет вопросы, входящие в сферу ведения департаментов (управлений);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId269">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId662" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) издает приказы и дает поручения по вопросам работы Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж) рассматривает внесенные в Правительство проекты федеральных законов, актов Президента Российской Федерации, актов Правительства, другие поступившие документы и направляет их в подразделения Аппарата Правительства для подготовки к рассмотрению в Правительстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з) направляет в установленном порядке проекты соответствующих документов на согласование в Администрацию Президента Российской Федерации и для рассмотрения в федеральные министерства, федеральные службы и федеральные агентства, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и) представляет Председателю Правительства предложения о структуре и предельной численности работников Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и.1) ведет график работы Председателя Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "и.1" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId663" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.05.2008 N 376)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и.2) обеспечивает своевременное представление Председателю Правительства подготовленных в Аппарате Правительства проектов поручений и иных материалов, по которым требуется решение Председателя Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "и.2" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId664" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.05.2008 N 376)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и.3) организует работу по подготовке совещаний, проводимых Председателем Правительства, его докладов и выступлений, а также иных необходимых аналитических и справочных материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "и.3" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId665" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.05.2008 N 376)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и.4) анализирует корреспонденцию, поступающую на имя Председателя Правительства, докладывает ему соответствующие материалы и направляет корреспонденцию в установленном порядке в соответствии с распределением обязанностей в секретариаты Первого заместителя Председателя Правительства и заместителей Председателя Правительства или для рассмотрения в департаменты (управления);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "и.4" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId666" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.05.2008 N 376; в ред. Постановлений Правительства РФ от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId667" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.02.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId668" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 212</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и.5) утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId669" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к) утверждает штатную численность подразделений Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л) представляет Председателю Правительства предложения о назначении на должность и освобождении от должности Правительством заместителей Руководителя Аппарата Правительства, директоров департаментов и начальников управлений, руководителя Секретариата Руководителя Аппарата Правительства, руководителя Секретариата Председателя Правительства, заместителей руководителя Секретариата Председателя Правительства, помощников и референтов Председателя Правительства, а также вносит по представлениям Первого заместителя Председателя Правительства и заместителей Председателя Правительства предложения о назначении на должность и об освобождении от должности Правительством руководителей их секретариатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId670" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.02.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId671" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 212</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м) заключает контракты и трудовые договоры, а также в установленном законодательством Российской Федерации о федеральной государственной гражданской службе порядке назначает на должность и освобождает от должности по представлению директора департамента, начальника управления, руководителя секретариата федеральных государственных гражданских служащих и других сотрудников соответствующего подразделения Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId672" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.02.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId673" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 212</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н) решает вопросы, связанные с прохождением федеральной государственной гражданской службы в Аппарате Правительства, принимает решение о поощрении сотрудников Аппарата Правительства и применении к ним мер дисциплинарного взыскания, обеспечивает профессиональную переподготовку и повышение квалификации сотрудников Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId674" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...70 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о) определяет порядок взаимодействия с представителями средств массовой информации, правила публичных выступлений работников Аппарата Правительства и предоставления служебной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п) осуществляет другие полномочия в соответствии с решениями Правительства и поручениями Председателя Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Заместители Руководителя Аппарата Правительства координируют и контролируют работу департаментов (управлений) Правительства, организуют проработку проектов актов и других документов, по которым требуется решение Правительства, подготовку материалов к заседаниям Правительства и его Президиума, осуществляют другие функции по руководству Аппаратом Правительства в соответствии с распределением обязанностей и поручениями Руководителя Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId675" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае временного отсутствия Руководителя Аппарата Правительства по его указанию обязанности Руководителя Аппарата Правительства исполняет его заместитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Департаменты и управления Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId676" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Департаменты и управления Правительства осуществляют свои функции в соответствии с настоящим Положением и утвержденными Руководителем Аппарата Правительства основными вопросами сфер ведения департаментов и управлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 11 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId677" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Департамент (управление) Правительства обеспечивает деятельность Правительства, его Президиума, а также Аппарата Правительства по вопросам, входящим в сферу его ведения, и взаимодействует с соответствующими федеральными министерствами, федеральными службами и федеральными агентствами, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, с другими государственными органами и организациями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId678" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12(1). Департамент сопровождения законопроектной деятельности и нормативно-правового регулирования Правительства Российской Федерации взаимодействует с Администрацией Президента Российской Федерации при подготовке проектов федеральных законов, а также заключений, официальных отзывов и поправок Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 12(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId679" w:tooltip="Постановление Правительства РФ от 29.08.2020 N 1301 (ред. от 18.01.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 29.08.2020 N 1301; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId680" w:tooltip="Постановление Правительства РФ от 28.04.2021 N 666 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260 и признании утратившим силу подпункта &quot;в&quot; пункта 2 изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 6 сентября 2012 г. N 890&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.04.2021 N 666)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Департамент (управление) Правительства в пределах установленной сферы ведения осуществляет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId681" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) подготавливает для рассмотрения внесенные в Правительство проекты актов, по которым требуется решение Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) подготавливает проекты поручений Председателя Правительства, Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId270">
-[...49 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId682" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId683" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) обеспечивает контроль за выполнением решений Правительства, поручений Председателя Правительства, Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId684" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId685" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в.1) подготавливает материалы и оформляет решения, принимаемые на совещаниях, проводимых Председателем Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "в.1" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId686" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.05.2008 N 376)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) участвует в подготовке соответствующими секретариатами материалов и оформлении решений, принимаемых на совещаниях, проводимых Первым заместителем Председателя Правительства, заместителями Председателя Правительства (в соответствии с распределением обязанностей) и Руководителем Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId687" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.05.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId688" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 376</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId689" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д) обеспечивает Председателя Правительства, Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства необходимыми аналитическими и информационными материалами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId690" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId691" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) подготавливает проекты актов для их внесения в Правительство Председателем Правительства, Первым заместителем Председателя Правительства, заместителями Председателя Правительства (в соответствии с распределением обязанностей) и Руководителем Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId692" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId693" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж) осуществляет организационно-техническое обеспечение заседаний Правительства, организует документооборот и ведение архива в Аппарате Правительства, а также представление соответствующей информации о деятельности Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з) осуществляет в установленном порядке материально-техническое обеспечение деятельности Аппарата Правительства и социально-бытовое обслуживание работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и) осуществляет другие возложенные на него функции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Директор департамента (начальник управления) Правительства назначается на должность и освобождается от должности Правительством и подчиняется Руководителю Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId272">
-[...170 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId694" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Директор департамента (начальник управления) Правительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280">
-[...71 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId695" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) осуществляет непосредственное руководство департаментом (управлением) и несет персональную ответственность за выполнение возложенных на департамент (управление) функций и состояние исполнительской дисциплины;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "а" в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId696" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) рассматривает внесенные в Правительство проекты актов и другие документы по вопросам, входящим в сферу ведения департамента (управления), визирует указанные проекты и подписывает экспертные заключения на них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId697" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) участвует в заседаниях Правительства и его Президиума, совещаниях у Председателя Правительства, Первого заместителя Председателя Правительства и заместителей Председателя Правительства, заседаниях правительственных и межведомственных комиссий, советов и оргкомитетов, совещаниях у Руководителя Аппарата Правительства и его заместителей, проводимых по вопросам, входящим в сферу ведения департамента (управления);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 31.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId698" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 492</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId699" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.02.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId700" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 212</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) по поручению Председателя Правительства, Первого заместителя Председателя Правительства, заместителей Председателя Правительства, Руководителя Аппарата Правительства или его заместителей участвует в заседаниях коллегиальных органов федеральных министерств, федеральных служб и федеральных агентств, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId701" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д) запрашивает у органов исполнительной власти, органов местного самоуправления, других организаций материалы, необходимые для анализа и подготовки вопросов, рассматриваемых в Правительстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) привлекает при необходимости в установленном порядке для проработки вопросов, рассматриваемых в Правительстве, представителей органов исполнительной власти, научных учреждений и других организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж) направляет на рассмотрение в соответствующие федеральные министерства, федеральные службы и федеральные агентства, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, документы, поступившие в Правительство от органов государственной власти и органов местного самоуправления, иных органов и организаций, по которым не требуется решения Правительства, или возвращает отправителям документы, внесенные в Правительство с отступлением от правил, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P75" w:tooltip="РЕГЛАМЕНТ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Регламентом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з) распределяет обязанности между сотрудниками департамента (управления);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId702" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и) представляет Руководителю Аппарата Правительства предложения о назначении на должность и об освобождении от должности, о повышении квалификации, поощрении сотрудников департамента (управления) и наложении на них взысканий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId703" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Заместители директора департамента (заместители начальника управления) обеспечивают организацию работы по выполнению функций департамента (управления) в установленной сфере деятельности в соответствии с распределением директором департамента (начальником управления) обязанностей между ним и его заместителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае временного отсутствия директора департамента (начальника управления) его обязанности исполняет один из его заместителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 16 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId704" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Должностные обязанности начальника отдела департамента (управления), референта департамента (управления), заместителя начальника отдела департамента (управления), главного советника, советника, главного консультанта, консультанта, специалиста-эксперта, ведущего специалиста 1 разряда, ведущего специалиста 2 разряда, старшего специалиста 1 разряда и старшего специалиста 2 разряда содержатся в должностных регламентах, утверждаемых директором департамента (начальником управления).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId705" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сотрудники Аппарата Правительства при осуществлении функций, возложенных на соответствующие подразделения, руководствуются </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P75" w:tooltip="РЕГЛАМЕНТ">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Регламентом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства, настоящим Положением, Инструкцией по делопроизводству в Аппарате Правительства и утвержденными в установленном порядке должностными регламентами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId706" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...182 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Помощники и референты Председателя Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId707" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретариаты Председателя Правительства,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Первого заместителя Председателя Правительства,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заместителей Председателя Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и Руководителя Аппарата Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId708" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="1018" w:name="P1018"/>
+    <w:bookmarkEnd w:id="1018"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Секретариаты Председателя Правительства, Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства организационно обеспечивают деятельность соответственно Председателя Правительства, Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 18 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId709" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18(1). Секретариат Председателя Правительства в целях организационного обеспечения деятельности Председателя Правительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) представляет Председателю Правительства аналитические, справочные и другие материалы по вопросам, рассматриваемым на заседаниях Правительства и его Президиума, заседаниях координационных и совещательных органов, возглавляемых Председателем Правительства, а также материалы для других мероприятий с участием Председателя Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) обеспечивает своевременное представление Председателю Правительства подготовленных проектов актов, поручений и иных материалов, по которым требуется решение Председателя Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) участвует совместно с департаментами и управлениями Правительства в подготовке материалов к докладам и выступлениям Председателя Правительства, аналитических и справочных материалов для Председателя Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId710" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.02.2020 N 212)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) обеспечивает по указанию Председателя Правительства оперативное взаимодействие с руководителями федеральных министерств, федеральных служб и федеральных агентств, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, других органов и организаций, а также докладывает Председателю Правительства оперативную информацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 18(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId711" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="1027" w:name="P1027"/>
+    <w:bookmarkEnd w:id="1027"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. Секретариаты Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P1018" w:tooltip="18. Секретариаты Председателя Правительства, Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства организационно обеспечивают деятельность соответственно Председателя Правительства, Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.05.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId712" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 376</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId713" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) подготавливают совместно с департаментами и управлениями Правительства и представляют Первому заместителю Председателя Правительства, заместителям Председателя Правительства и Руководителю Аппарата Правительства аналитические, справочные и другие материалы по вопросам, рассматриваемым на заседаниях Правительства и его Президиума, заседаниях координационных и совещательных органов, возглавляемых Первым заместителем Председателя Правительства, заместителями Председателя Правительства (в соответствии с распределением обязанностей) и Руководителем Аппарата Правительства, а также материалы для других мероприятий с участием Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId714" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.02.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId715" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 212</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) организуют проведение совещаний у Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства, а также оформляют с участием департаментов и управлений Правительства решения, принятые на этих совещаниях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.05.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId716" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 376</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId717" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.02.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId718" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 212</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) организуют совместно с подразделениями Аппарата Правительства проведение и протокольное обеспечение других мероприятий, осуществляемых Первым заместителем Председателя Правительства, заместителями Председателя Правительства и Руководителем Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.05.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId719" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 376</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId720" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) анализируют корреспонденцию, поступающую на имя Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства, докладывают им соответствующие материалы и направляют корреспонденцию в установленном порядке в соответствии с распределением обязанностей в секретариаты или для рассмотрения в департаменты и управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.05.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId721" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 376</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId722" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.02.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId723" w:tooltip="Постановление Правительства РФ от 28.02.2020 N 212 &quot;О внесении изменений в постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 212</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д) обеспечивают своевременное представление Первому заместителю Председателя Правительства, заместителям Председателя Правительства и Руководителю Аппарата Правительства подготовленных в Аппарате Правительства проектов поручений и иных материалов, по которым требуется решение Первого заместителя Председателя Правительства, заместителей Председателя Правительства (в соответствии с распределением обязанностей) и Руководителя Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "д" в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId724" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) подготавливают для Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства материалы к их докладам и выступлениям, а также с участием других подразделений Аппарата Правительства - необходимые аналитические и справочные материалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.05.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId725" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 376</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId726" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж) обеспечивают по указанию Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства оперативное взаимодействие с руководителями федеральных министерств, федеральных служб и федеральных агентств, руководство деятельностью которых осуществляет Президент Российской Федерации или Правительство, других органов и организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.05.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId727" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 376</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId728" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з) докладывают Первому заместителю Председателя Правительства, заместителям Председателя Правительства и Руководителю Аппарата Правительства оперативную информацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.05.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId729" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 376</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId730" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и) выполняют поручения Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства, а также контролируют выполнение их указаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.05.2008 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId731" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 376</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 19.09.2012 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId732" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 947</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 19 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId733" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Руководители секретариатов осуществляют непосредственное руководство этими подразделениями, несут персональную ответственность за выполнение возложенных на секретариаты функций, организуют работу сотрудников этих подразделений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абзац утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId734" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.05.2008 N 376.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. Заместители руководителей секретариатов в соответствии с распределением обязанностей между руководителями секретариатов и их заместителями обеспечивают выполнение секретариатами функций, установленных настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае временного отсутствия руководителя секретариата его обязанности исполняет один из заместителей руководителя секретариата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. Утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId735" w:tooltip="Постановление Правительства РФ от 19.05.2008 N 376 (ред. от 19.09.2012) &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.05.2008 N 376.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22(1). Помощники и референты Председателя Правительства взаимодействуют с подразделениями Аппарата Правительства, ведут аналитическую работу, выполняют другие обязанности, возложенные на них Председателем Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 22(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId736" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Помощники Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства, референты секретариатов Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства выполняют обязанности, возложенные на них в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P1027" w:tooltip="19. Секретариаты Первого заместителя Председателя Правительства, заместителей Председателя Правительства и Руководителя Аппарата Правительства в соответствии с пунктом 18 настоящего Положения:">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 19</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 23 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId737" w:tooltip="Постановление Правительства РФ от 19.09.2012 N 947 &quot;О внесении изменений в Положение об Аппарате Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 19.09.2012 N 947)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:outlineLvl w:val="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IV. Порядок обеспечения доступа к информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о деятельности Аппарата Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId738" w:tooltip="Постановление Правительства РФ от 02.09.2009 N 713 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 02.09.2009 N 713)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...15 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23.1. Руководитель Аппарата Правительства в соответствии с законодательством Российской Федерации обеспечивает доступ к информации справочного и (или) содержательного характера о деятельности Аппарата Правительства. Указанная информация предоставляется в устной и (или) документарной формах, в том числе в виде электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23.2. Информация о деятельности Аппарата Правительства размещается на официальном сайте Правительства в сети Интернет в соответствии с утвержденными в установленном порядке </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId739" w:tooltip="Постановление Правительства РФ от 24.11.2009 N 953 (ред. от 25.07.2024) &quot;Об обеспечении доступа к информации о деятельности Правительства Российской Федерации, подведомственных ему организаций и федеральных органов исполнительной власти&quot; (вместе с &quot;Требованиями к технологическим, программным и лингвистическим средствам обеспечения пользования официальным сайтом Правительства Российской Федерации и официальными сайтами организаций, подведомственных Правительству Российской Федерации, в информационно-телекомм {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">требованиями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к технологическим, программным и лингвистическим средствам обеспечения пользования официальным сайтом Правительства в сети Интернет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23.3. Правила обеспечения доступа к информации о деятельности Аппарата Правительства, а также ее перечень утверждаются Руководителем Аппарата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* * *</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Для осуществления функций, возложенных на подразделения Аппарата Правительства, их руководители и иные сотрудники, являющиеся федеральными государственными гражданскими служащими, наделяются необходимыми правами, обязанностями и несут ответственность в соответствии с законодательством Российской Федерации о федеральной государственной гражданской службе, иными нормативными правовыми актами, регулирующими порядок и условия прохождения федеральной государственной гражданской службы, а также настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работники Аппарата Правительства, не являющиеся федеральными государственными гражданскими служащими, выполняют обязанности по замещаемой должности и несут ответственность в соответствии с трудовым законодательством Российской Федерации на общих основаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 24 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId740" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Структура и предельная численность работников Аппарата Правительства определяются Правительством. Финансовое обеспечение содержания Аппарата Правительства осуществляется в пределах расходов, предусмотренных в федеральном бюджете на содержание Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26. Условия материально-бытового, транспортного и организационно-технического обеспечения, а также медицинского и санаторно-курортного обслуживания федеральных государственных гражданских служащих Аппарата Правительства определяются в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287">
-[...561 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId741" w:tooltip="Постановление Правительства РФ от 31.07.2007 N 492 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 1 июня 2004 г. N 260&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.07.2007 N 492)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...14121 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. Аппарат Правительства имеет печать с изображением Государственного герба Российской Федерации и со своим наименованием, другие печати, штампы и бланки установленного образца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28. Аппарат Правительства учреждает награды и награждает ими работников Аппарата Правительства, а также иных лиц за содействие в выполнении задач и осуществлении полномочий, возложенных на Аппарат Правительства, утверждает положения об этих наградах, а также их описания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">(п. 28 введен </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:history="0" r:id="rId742" w:tooltip="Постановление Правительства РФ от 27.11.2020 N 1956 &quot;О внесении изменения в Положение об Аппарате Правительства Российской Федерации и признании утратившим силу распоряжения Правительства Российской Федерации от 18 октября 2000 г. N 1478-р&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 27.11.2020 N 1956)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6323" w:rsidRDefault="000C6323">
-[...14 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="100" w:after="100"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D410F1" w:rsidRDefault="000C6323">
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="00D410F1" w:rsidSect="00DE129E">
+    <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:headerReference w:type="first" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="first" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...43 lines deleted...]
-</w:fonts>
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se wne wp14">
+  <w:p>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="40" w:type="dxa"/>
+        <w:right w:w="40" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="1"/>
+      <w:gridCol w:w="1"/>
+      <w:gridCol w:w="1"/>
+    </w:tblGrid>
+    <w:tr>
+      <w:trPr>
+        <w:trHeight w:hRule="exact" w:val="1663"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1650" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:b/>
+              <w:color w:val="f58220"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>КонсультантПлюс</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:b/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:br/>
+            <w:t>надежная правовая поддержка</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1700" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:jc w:val="center"/>
+          </w:pPr>
+          <w:hyperlink r:id="rId1" w:history="0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+              </w:rPr>
+              <w:t>www.consultant.ru</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1650" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:jc w:val="end"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Страница </w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+            <w:instrText>PAGE</w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>5</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> из </w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+            <w:instrText>NUMPAGES</w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>5</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se wne wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblCellMar>
+        <w:left w:w="40" w:type="dxa"/>
+        <w:right w:w="40" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="1"/>
+      <w:gridCol w:w="1"/>
+    </w:tblGrid>
+    <w:tr>
+      <w:trPr>
+        <w:trHeight w:hRule="exact" w:val="1683"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2700" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Постановление Правительства РФ от 01.06.2004 N 260</w:t>
+            <w:br/>
+            <w:t>(ред. от 05.09.2025)</w:t>
+            <w:br/>
+            <w:t>"О Регламенте Правительства Российской Федерации...</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2300" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:jc w:val="end"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t xml:space="preserve">Документ предоставлен </w:t>
+          </w:r>
+          <w:hyperlink r:id="rId1" w:history="0" w:tooltip="КонсультантПлюс - надежная правовая система">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>КонсультантПлюс</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:br/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Дата сохранения: 05.11.2025</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p/>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...29 lines deleted...]
-  </m:mathPr>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:themeFontLang w:val="ru-RU"/>
-  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-[...9 lines deleted...]
-  <w15:docId w15:val="{6EA01879-E7CA-41F6-8822-B8EE32CDB509}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...407 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+  <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
     <w:name w:val="ConsPlusNormal"/>
-    <w:rsid w:val="000C6323"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="ConsPlusNonformat"/>
-    <w:rsid w:val="000C6323"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="ConsPlusTitle"/>
-    <w:rsid w:val="000C6323"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       <w:b/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusCell">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="ConsPlusCell"/>
-    <w:rsid w:val="000C6323"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusDocList">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
     <w:name w:val="ConsPlusDocList"/>
-    <w:rsid w:val="000C6323"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitlePage">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
     <w:name w:val="ConsPlusTitlePage"/>
-    <w:rsid w:val="000C6323"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusJurTerm">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
     <w:name w:val="ConsPlusJurTerm"/>
-    <w:rsid w:val="000C6323"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTextList">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
     <w:name w:val="ConsPlusTextList"/>
-    <w:rsid w:val="000C6323"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
+    <w:name w:val="ConsPlusTextList"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="ConsPlusNonformat"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="ConsPlusTitle"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
+    <w:name w:val="ConsPlusCell"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
+    <w:name w:val="ConsPlusDocList"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
+    <w:name w:val="ConsPlusTitlePage"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
+    <w:name w:val="ConsPlusJurTerm"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="26"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
+    <w:name w:val="ConsPlusTextList"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
+    <w:name w:val="ConsPlusTextList"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="word/settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=60522&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440064&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490834&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=85706&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=87707&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100105" TargetMode = "External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94390&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=95624&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333605&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=350590&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110978&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=121864&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=480018&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383407&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=361407&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481185&amp;dst=100142" TargetMode = "External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=145787&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=147454&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=298783&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152059&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=155133&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=312534&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165472&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=188983&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=172167&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100099" TargetMode = "External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=176721&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=190194&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=191618&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=193636&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=197811&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198274&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=202346&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=203790&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=203888&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=204371&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308448&amp;dst=100340" TargetMode = "External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=361405&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213156&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=216785&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=279751&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503469&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511499&amp;dst=100384" TargetMode = "External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=316798&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396067&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482108&amp;dst=100249" TargetMode = "External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=324291&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=324415&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332153&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100094" TargetMode = "External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=348838&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380333&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507493&amp;dst=100202" TargetMode = "External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407915&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=369312&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=372880&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382312&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=384214&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=389238&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=454184&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=402778&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407860&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=411376&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=415301&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=418334&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=420715&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=443497&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=456656&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=460162&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=464603&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481640&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490516&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498613&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507426&amp;dst=100067" TargetMode = "External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513950&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=64350&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=68762&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=366950" TargetMode = "External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=228999" TargetMode = "External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=228550" TargetMode = "External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=47256" TargetMode = "External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=47659" TargetMode = "External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=60522&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440064&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490834&amp;dst=100007" TargetMode = "External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=85706&amp;dst=100008" TargetMode = "External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=87707&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100105" TargetMode = "External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94390&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=95624&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333605&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=350590&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110978&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=121864&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=480018&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383407&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100008" TargetMode = "External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=361407&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481185&amp;dst=100142" TargetMode = "External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=145787&amp;dst=100008" TargetMode = "External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=147454&amp;dst=100008" TargetMode = "External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=298783&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152059&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=155133&amp;dst=100008" TargetMode = "External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=312534&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165472&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=188983&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100099" TargetMode = "External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=176721&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=190194&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=191618&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=193636&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=197811&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198274&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=202346&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=203790&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=203888&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=204371&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308448&amp;dst=100340" TargetMode = "External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=361405&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213156&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=216785&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=279751&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503469&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511499&amp;dst=100384" TargetMode = "External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=316798&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396067&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482108&amp;dst=100249" TargetMode = "External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=324291&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=324415&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332153&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100094" TargetMode = "External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=348838&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380333&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507493&amp;dst=100202" TargetMode = "External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407915&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=372880&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382312&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=389238&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=454184&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=402778&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407860&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=411376&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=415301&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=418334&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=420715&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=443497&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=456656&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=460162&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=464603&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481640&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490516&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498613&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507426&amp;dst=100067" TargetMode = "External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513950&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=64350&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=68762&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100487" TargetMode = "External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=366950&amp;dst=100293" TargetMode = "External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490833&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511499&amp;dst=20" TargetMode = "External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308448&amp;dst=100341" TargetMode = "External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100100" TargetMode = "External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100102" TargetMode = "External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100103" TargetMode = "External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode = "External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode = "External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode = "External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=202346&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=95624&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=298783&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396067&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=422007" TargetMode = "External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510517&amp;dst=22" TargetMode = "External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410837" TargetMode = "External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=6427" TargetMode = "External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490834&amp;dst=100007" TargetMode = "External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=190194&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382312&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode = "External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=366950&amp;dst=100282" TargetMode = "External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=210013&amp;dst=100320" TargetMode = "External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=202346&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=204371&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=366950" TargetMode = "External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383407&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=93980" TargetMode = "External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383407&amp;dst=100041" TargetMode = "External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=93980&amp;dst=100003" TargetMode = "External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383407&amp;dst=100043" TargetMode = "External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=476082" TargetMode = "External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495185" TargetMode = "External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=418334&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=389238&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100095" TargetMode = "External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=216785&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152059&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=191618&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100105" TargetMode = "External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=202346&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440064&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100106" TargetMode = "External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511499&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=328854" TargetMode = "External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482108&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308448&amp;dst=100343" TargetMode = "External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511499&amp;dst=100384" TargetMode = "External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482108&amp;dst=100249" TargetMode = "External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380333&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=443497&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=460162&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100044" TargetMode = "External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=476082" TargetMode = "External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100108" TargetMode = "External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=455358&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152059&amp;dst=100041" TargetMode = "External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490516&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100105" TargetMode = "External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481185&amp;dst=100197" TargetMode = "External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=372880&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=389238&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481185&amp;dst=100144" TargetMode = "External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=197811&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503469&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=501509&amp;dst=100078" TargetMode = "External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507493&amp;dst=100202" TargetMode = "External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=480018&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=203888&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=204371&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=480437&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407915&amp;dst=100072" TargetMode = "External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=402778&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407860&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=402778&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407860&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494990&amp;dst=1171" TargetMode = "External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407860&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407915&amp;dst=100074" TargetMode = "External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=420715&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507426&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=85706&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110978&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=480018&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=204371&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407915&amp;dst=100076" TargetMode = "External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=420715&amp;dst=100008" TargetMode = "External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507426&amp;dst=100070" TargetMode = "External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333605&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100109" TargetMode = "External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100052" TargetMode = "External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=298783&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396067&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=372880&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=348153" TargetMode = "External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=348838&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=411376&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513950&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode = "External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=193636&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100055" TargetMode = "External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=415301&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode = "External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=60522&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=155133&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=324415&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100062" TargetMode = "External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511985&amp;dst=100007" TargetMode = "External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213156&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=476082" TargetMode = "External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=176721&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100459" TargetMode = "External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=147454&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152059&amp;dst=100043" TargetMode = "External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481185&amp;dst=100149" TargetMode = "External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=361407&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100107" TargetMode = "External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100119" TargetMode = "External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=857908&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100459" TargetMode = "External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=454184&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=188983&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=188983&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100063" TargetMode = "External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498613&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100057" TargetMode = "External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100459" TargetMode = "External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516744" TargetMode = "External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510751" TargetMode = "External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516744" TargetMode = "External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510751" TargetMode = "External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100059" TargetMode = "External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100062" TargetMode = "External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516744" TargetMode = "External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=500200" TargetMode = "External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482834" TargetMode = "External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=464603&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511249" TargetMode = "External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241" TargetMode = "External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100066" TargetMode = "External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100059" TargetMode = "External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100007" TargetMode = "External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100069" TargetMode = "External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100459" TargetMode = "External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=476082" TargetMode = "External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100008" TargetMode = "External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100062" TargetMode = "External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516744" TargetMode = "External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510751" TargetMode = "External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100069" TargetMode = "External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516744" TargetMode = "External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510751" TargetMode = "External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100069" TargetMode = "External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=476082" TargetMode = "External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100066" TargetMode = "External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100069" TargetMode = "External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100071" TargetMode = "External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100070" TargetMode = "External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100076" TargetMode = "External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100043" TargetMode = "External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333605&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=145787&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100044" TargetMode = "External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100120" TargetMode = "External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100077" TargetMode = "External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=279751&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100081" TargetMode = "External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=415301&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=415301&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100083" TargetMode = "External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100044" TargetMode = "External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100065" TargetMode = "External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100085" TargetMode = "External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465572&amp;dst=100065" TargetMode = "External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100072" TargetMode = "External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507394&amp;dst=100485" TargetMode = "External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100073" TargetMode = "External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507394&amp;dst=100491" TargetMode = "External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100075" TargetMode = "External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100076" TargetMode = "External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=456656&amp;dst=100007" TargetMode = "External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100078" TargetMode = "External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=456656&amp;dst=100008" TargetMode = "External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=456656&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510515&amp;dst=43" TargetMode = "External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453320&amp;dst=100421" TargetMode = "External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode = "External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453320&amp;dst=100293" TargetMode = "External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100070" TargetMode = "External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94390&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94390&amp;dst=100007" TargetMode = "External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453320" TargetMode = "External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481640&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100079" TargetMode = "External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481646&amp;dst=100074" TargetMode = "External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481646&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100075" TargetMode = "External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100008" TargetMode = "External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490834&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=172167&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=190194&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100088" TargetMode = "External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=369312&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382312&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100081" TargetMode = "External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=384214&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100487" TargetMode = "External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=366950&amp;dst=100293" TargetMode = "External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100076" TargetMode = "External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=6427" TargetMode = "External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490834&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=190194&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382312&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100078" TargetMode = "External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100081" TargetMode = "External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100083" TargetMode = "External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100082" TargetMode = "External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100089" TargetMode = "External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=429990&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100089" TargetMode = "External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=384214&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100093" TargetMode = "External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100094" TargetMode = "External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100090" TargetMode = "External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100083" TargetMode = "External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100096" TargetMode = "External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100096" TargetMode = "External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100097" TargetMode = "External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100096" TargetMode = "External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100097" TargetMode = "External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100098" TargetMode = "External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100102" TargetMode = "External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100041" TargetMode = "External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100041" TargetMode = "External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100052" TargetMode = "External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100043" TargetMode = "External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100057" TargetMode = "External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100059" TargetMode = "External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100107" TargetMode = "External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100060" TargetMode = "External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100062" TargetMode = "External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481646&amp;dst=100074" TargetMode = "External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100119" TargetMode = "External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100122" TargetMode = "External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=369312&amp;dst=100005" TargetMode = "External"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490834&amp;dst=100007" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100022" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100005" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100031" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100032" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=500021&amp;dst=6427" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=324291&amp;dst=100005" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100022" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100017" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100029" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=147454&amp;dst=100005" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100005" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=216785&amp;dst=100010" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100039" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100019" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=402778&amp;dst=100012" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=366950" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100046" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100034" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100048" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100009" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=298783&amp;dst=100010" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100019" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333605&amp;dst=100035" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100046" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498613&amp;dst=100005" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=204371&amp;dst=100017" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507306" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382312&amp;dst=100010" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100054" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380333&amp;dst=100014" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=361405&amp;dst=100009" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100103" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=415301&amp;dst=100016" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=372880&amp;dst=100012" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=190194&amp;dst=100010" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100050" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=324291&amp;dst=100005" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=121864&amp;dst=100010" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152059&amp;dst=100041" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507303&amp;dst=100491" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100020" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100019" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100026" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503697" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100018" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=155133&amp;dst=100008" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=197811&amp;dst=100030" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100034" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100005" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100017" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100032" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100089" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383407&amp;dst=100043" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100021" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=454184&amp;dst=100037" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100069" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100038" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100056" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=197811&amp;dst=100029" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100016" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100005" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100023" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100030" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100062" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=464603&amp;dst=100005" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100013" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100010" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100009" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481185&amp;dst=100149" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100011" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100011" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100069" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100094" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=501509&amp;dst=100078" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100049" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100023" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100014" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100097" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=312534&amp;dst=100010" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100009" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100069" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490516&amp;dst=100010" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100005" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407915&amp;dst=100074" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100019" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100009" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100030" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100030" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=197811&amp;dst=100029" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=47659" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100120" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=418334&amp;dst=100010" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507426&amp;dst=100070" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100009" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=210013&amp;dst=100320" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=361407&amp;dst=100010" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100013" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94390&amp;dst=100005" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100013" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100065" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100013" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=204371&amp;dst=100012" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=188983&amp;dst=100012" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100037" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100094" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100008" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=456656&amp;dst=100007" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100025" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100056" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100089" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=464603&amp;dst=100005" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100047" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=500021" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503695" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100042" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=188983&amp;dst=100009" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308448&amp;dst=100343" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490833&amp;dst=100010" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100019" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100015" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=476082" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100058" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503469&amp;dst=100012" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=203888&amp;dst=100005" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100021" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100085" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100010" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100012" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100094" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333605&amp;dst=100030" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507306" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100122" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=316798&amp;dst=100010" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481185&amp;dst=100197" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=456656&amp;dst=100008" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100011" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396067&amp;dst=100010" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100029" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=361407&amp;dst=100009" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100012" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100009" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100016" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382312&amp;dst=100005" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100016" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100070" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481646&amp;dst=100074" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100027" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100013" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=64350&amp;dst=100050" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100020" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=418334&amp;dst=100010" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100005" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100036" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100010" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308448&amp;dst=100341" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=190194&amp;dst=100009" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100036" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100052" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=476082" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100028" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100020" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100019" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308448&amp;dst=100340" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100030" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100069" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100059" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110978&amp;dst=100014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=316798&amp;dst=100010" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100108" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100072" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100022" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100011" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100032" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100459" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110978&amp;dst=100014" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100097" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=145787&amp;dst=100005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100005" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482108&amp;dst=100249" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100095" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100015" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100033" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=420987&amp;dst=43" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100081" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380333&amp;dst=100014" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100012" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100047" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407860&amp;dst=100010" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100031" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100016" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100019" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100019" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100098" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100038" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=176721&amp;dst=100014" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=384214&amp;dst=100009" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=147454&amp;dst=100008" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100018" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100050" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100007" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100017" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94390&amp;dst=100006" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100075" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=402778&amp;dst=100010" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100010" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100018" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100027" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=366950" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=93980" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100015" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503695" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100023" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100040" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=85706&amp;dst=100005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308448&amp;dst=100340" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=190194&amp;dst=100009" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100021" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100039" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=480437&amp;dst=100032" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100064" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100081" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=369312&amp;dst=100005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=443497&amp;dst=100005" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213156&amp;dst=100005" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100102" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396067&amp;dst=100010" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100459" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490834&amp;dst=100009" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100024" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100050" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100009" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482108&amp;dst=100249" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=85706&amp;dst=100008" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100026" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100014" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503695" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100073" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=324415&amp;dst=100005" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100012" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100024" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100053" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=454184&amp;dst=100037" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100083" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100030" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=298783&amp;dst=100010" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100009" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152059&amp;dst=100029" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503695" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100037" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380333&amp;dst=100014" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152059&amp;dst=100025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507493&amp;dst=100202" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481185&amp;dst=100144" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407860&amp;dst=100012" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100034" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440064&amp;dst=100021" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498613&amp;dst=100005" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100008" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100011" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100030" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100049" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=93980&amp;dst=100003" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100020" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440064&amp;dst=100021" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100023" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=190194&amp;dst=100005" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=193636&amp;dst=100005" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100018" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=145787&amp;dst=100012" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94390&amp;dst=100007" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407860&amp;dst=100009" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507426&amp;dst=100067" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=422007" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100037" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100017" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100012" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100081" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100105" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=228999" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100021" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100040" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100011" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100046" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213156&amp;dst=100005" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=460162&amp;dst=100005" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100105" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100014" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=415301&amp;dst=100018" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100060" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=216785&amp;dst=100005" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100011" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=348153" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152059&amp;dst=100043" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382312&amp;dst=100010" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100083" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=480018&amp;dst=100033" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=324415&amp;dst=100005" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=480018&amp;dst=100033" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100010" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490516&amp;dst=100010" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100016" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100075" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332153&amp;dst=100005" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=202346&amp;dst=100009" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503469&amp;dst=100012" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100055" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100042" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100034" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100021" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100013" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100031" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=155133&amp;dst=100005" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507493&amp;dst=100202" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481640&amp;dst=100009" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100014" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100038" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482834" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100068" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453320&amp;dst=100421" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100041" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100017" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=312534&amp;dst=100010" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=372880&amp;dst=100009" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100050" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407860&amp;dst=100013" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100018" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100011" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100058" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100013" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100030" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=193636&amp;dst=100005" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100034" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100022" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499463&amp;dst=100018" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100025" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100044" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100047" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=402778&amp;dst=100010" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=47256" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198274&amp;dst=100005" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=415301&amp;dst=100005" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=68762&amp;dst=100034" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=460162&amp;dst=100005" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=420715&amp;dst=100008" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100039" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100009" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100018" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100034" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100017" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100009" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=216785&amp;dst=100005" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=366950&amp;dst=100282" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100025" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100064" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100044" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100027" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100011" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100009" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=279751&amp;dst=100010" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100015" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=411376&amp;dst=100011" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100039" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100078" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100096" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383407&amp;dst=100035" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100021" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495185" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=188983&amp;dst=100010" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100033" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100036" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332153&amp;dst=100005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383407&amp;dst=100035" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100009" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100017" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100076" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=460162&amp;dst=100005" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507493&amp;dst=100202" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=415301&amp;dst=100006" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481640&amp;dst=100009" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100082" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100032" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100010" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100011" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100459" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=483130" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100039" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100032" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=369312&amp;dst=100005" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100009" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165472&amp;dst=100005" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100071" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100035" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407860&amp;dst=100009" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382312&amp;dst=100009" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482108&amp;dst=100018" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100024" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=420715&amp;dst=100006" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=155133&amp;dst=100012" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100050" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100015" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=366950&amp;dst=100293" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410837" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100013" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100023" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100033" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100459" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100031" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198274&amp;dst=100005" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=60522&amp;dst=100005" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100025" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100077" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100048" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=203790&amp;dst=100011" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=420715&amp;dst=100005" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100034" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333605&amp;dst=100033" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100487" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=202346&amp;dst=100013" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100107" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100018" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=95624&amp;dst=100033" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=279751&amp;dst=100010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=95624&amp;dst=100033" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503695" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100051" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100119" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100009" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499463&amp;dst=100384" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=418334&amp;dst=100010" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100105" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=193636&amp;dst=100005" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100078" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100013" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=298783&amp;dst=100011" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100033" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100096" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100005" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100012" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100033" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100018" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=476082" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100039" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=379285&amp;dst=100005" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=361407&amp;dst=100009" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100005" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100016" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=480018&amp;dst=100034" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100037" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100018" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100011" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100025" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100050" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100027" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=188983&amp;dst=100009" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100013" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100062" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507306" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100025" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100042" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100052" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=203790&amp;dst=100011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507426&amp;dst=100067" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100099" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=389238&amp;dst=100020" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100039" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499463&amp;dst=100384" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=203888&amp;dst=100005" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=85706&amp;dst=100014" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100047" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=415301&amp;dst=100005" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499463&amp;dst=20" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100109" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=190194&amp;dst=100010" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100021" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490834&amp;dst=100007" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100012" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213156&amp;dst=100009" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=391650&amp;dst=100008" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100049" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100009" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=204371&amp;dst=100011" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100029" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=476082" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499463&amp;dst=100384" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=456656&amp;dst=100005" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465572&amp;dst=100065" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100076" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100019" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=350590&amp;dst=100029" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100023" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100038" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=857908&amp;dst=100031" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100014" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100027" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=369312&amp;dst=100005" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481185&amp;dst=100142" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=350590&amp;dst=100029" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396067&amp;dst=100010" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100013" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100036" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100005" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=372880&amp;dst=100010" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=456656&amp;dst=100009" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100016" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100013" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100010" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=402778&amp;dst=100011" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100016" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100019" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100041" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=145787&amp;dst=100008" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100017" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=202346&amp;dst=100023" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100030" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100099" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=348838&amp;dst=100010" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100013" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100043" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100037" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481646&amp;dst=100021" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=454184&amp;dst=100037" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490516&amp;dst=100010" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100028" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383407&amp;dst=100040" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=480018&amp;dst=100038" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100016" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100059" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100023" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=68762&amp;dst=100034" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100024" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100022" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100053" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490834&amp;dst=100006" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=204371&amp;dst=100011" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=420715&amp;dst=100005" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325515&amp;dst=100009" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100016" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=204371&amp;dst=100015" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100027" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136212&amp;dst=100028" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100088" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453496&amp;dst=100100" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382312&amp;dst=100009" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=298783&amp;dst=100014" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=176721&amp;dst=100017" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100016" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100107" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396067&amp;dst=100010" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=361405&amp;dst=100009" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=455358&amp;dst=100017" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507303&amp;dst=100485" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100018" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=348838&amp;dst=100010" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=389238&amp;dst=100023" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100062" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100034" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=60522&amp;dst=100005" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100014" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=429990&amp;dst=100028" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383407&amp;dst=100041" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100017" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100049" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100022" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100022" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=389238&amp;dst=100020" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=191618&amp;dst=100005" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100038" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495362&amp;dst=100007" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=87707&amp;dst=100026" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100018" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100012" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100062" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=456656&amp;dst=100005" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100005" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407915&amp;dst=100072" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100013" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=147454&amp;dst=100011" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100090" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=121864&amp;dst=100010" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=87707&amp;dst=100026" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=476082" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507306" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100009" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319039&amp;dst=100010" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453320" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100096" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=191618&amp;dst=100005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152059&amp;dst=100025" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100066" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407915&amp;dst=100006" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404737&amp;dst=100014" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=483361&amp;dst=1171" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490834&amp;dst=100009" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=491396&amp;dst=22" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100056" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100035" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100038" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=191618&amp;dst=100005" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=228550" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100106" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100019" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=411376&amp;dst=100011" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=64350&amp;dst=100050" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407915&amp;dst=100076" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=384214&amp;dst=100009" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100059" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=214380&amp;dst=100005" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=443497&amp;dst=100016" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100083" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=91268&amp;dst=100010" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100021" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=348838&amp;dst=100010" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100011" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100009" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100032" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94389&amp;dst=100022" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100102" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134000&amp;dst=100011" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100058" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100020" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100014" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100057" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=464603&amp;dst=100005" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100051" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=407915&amp;dst=100006" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100033" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=328854" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100005" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=2875&amp;dst=100487" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=60522&amp;dst=100006" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=384214&amp;dst=100009" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100015" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100021" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100026" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100057" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=459601&amp;dst=100046" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=202346&amp;dst=100005" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100044" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165693&amp;dst=100040" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100020" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100093" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=94390&amp;dst=100005" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100010" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100024" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100031" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481646&amp;dst=100074" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503469&amp;dst=100012" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100046" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100028" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=95624&amp;dst=100034" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100005" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473887&amp;dst=100034" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=372880&amp;dst=100009" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100011" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100048" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453320&amp;dst=100293" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100079" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100016" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=324415&amp;dst=100005" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165472&amp;dst=100005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498613&amp;dst=100005" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=490709&amp;dst=100023" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100070" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=411376&amp;dst=100011" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100010" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=383381&amp;dst=100051" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507426&amp;dst=100068" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=172167&amp;dst=100005" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=500021&amp;dst=6427" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100034" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=202346&amp;dst=100005" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440064&amp;dst=100021" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496452&amp;dst=100021" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=220056&amp;dst=100046" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=443497&amp;dst=100005" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=134019&amp;dst=100029" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100050" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=366950&amp;dst=100293" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100012" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496451&amp;dst=100119" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333605&amp;dst=100030" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=389238&amp;dst=100021" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135530&amp;dst=100014" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325432&amp;dst=100013" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=70279&amp;dst=100063" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100028" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=346791&amp;dst=100036" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=172167&amp;dst=100005" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481185&amp;dst=100142" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=440063&amp;dst=100105" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100076" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481640&amp;dst=100009" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100014" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=177852&amp;dst=100020" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110978&amp;dst=100021" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345570&amp;dst=100009" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496449&amp;dst=100066" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100043" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=176721&amp;dst=100014" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482108&amp;dst=100249" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=203888&amp;dst=100005" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=279751&amp;dst=100010" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=135560&amp;dst=100022" TargetMode="External"/></Relationships>
+<file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...291 lines deleted...]
-</a:theme>
+<file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
-[...29 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>КонсультантПлюс Версия 4025.00.30</Application>
+  <Company>КонсультантПлюс Версия 4025.00.30</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...5 lines deleted...]
-  <cp:revision></cp:revision>
+  <dc:title>Постановление Правительства РФ от 01.06.2004 N 260
+(ред. от 05.09.2025)
+"О Регламенте Правительства Российской Федерации и Положении об Аппарате Правительства Российской Федерации"</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>